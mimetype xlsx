--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Paul Altman kicks 71 yards from CHI 35 to VAN -6. 14-Robert Jones to VAN 22 for 29 yards. Tackle by 24-David Pope.</t>
   </si>
   <si>
     <t>#14 Robert Jones - WR</t>
   </si>
   <si>
     <t>#76 Orlando Zhou - RDE</t>
   </si>
   <si>
     <t>#29 Biz Decker - FS</t>
   </si>
   <si>
     <t>#41 Daniel Chun - FS</t>
   </si>
   <si>
     <t>#72 Charles Young - LDE</t>
   </si>
   <si>
-    <t>#39 Sherwood Kruger - CB</t>
+    <t>#59 Sherwood Kruger - CB</t>
   </si>
   <si>
     <t>#66 Jasper Stone - RDE</t>
   </si>
   <si>
     <t>#42 John Parker - CB</t>
   </si>
   <si>
     <t>#39 Todd Wright - CB</t>
   </si>
   <si>
     <t>#77 Paul Barkley - DT</t>
   </si>
   <si>
     <t>#50 Randy Clementine - MLB</t>
   </si>
   <si>
     <t>#17 Paul Altman - K</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#65 Mark Sanchez - C</t>
   </si>
   <si>
     <t>#69 John Huffman - RG</t>
   </si>
   <si>
     <t>#64 Tim Rodriguez - RT</t>
   </si>
   <si>
     <t>#95 William Bruck - LDE</t>
   </si>
   <si>
     <t>#93 Abraham Oswald - DT</t>
   </si>
   <si>
     <t>#90 William Howard - DT</t>
   </si>
   <si>
     <t>#94 Billy Callis - RDE</t>
   </si>
   <si>
     <t>#51 Jacob Pitts - SLB</t>
   </si>
   <si>
-    <t>#53 Jeremy Krieger - MLB</t>
+    <t>#53 Jeremy Krieger - WLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>#20 Vincent Koch - CB</t>
   </si>
   <si>
     <t>#24 David Pope - CB</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#41 Oliver Andrade - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>VAN 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>CHI 45</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 45 (12:54) 2-Glen Simonson sacked at VAN 47 for -8 yards (57-William Ford)</t>
   </si>
   <si>
     <t>#43 Fritz Gurley - RB</t>
   </si>
   <si>
     <t>#12 Travis Davis - WR</t>
   </si>
   <si>
     <t>#89 Ramon Alexander - WR</t>
   </si>
   <si>
     <t>#57 William Ford - MLB</t>
   </si>
   <si>
-    <t>#58 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - MLB</t>
   </si>
   <si>
     <t>#23 Wendall Reynolds - CB</t>
   </si>
   <si>
     <t>#44 Marvin Dowd - SS</t>
   </si>
   <si>
     <t>#42 Brandon Harper - FS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>VAN 47</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-18-VAN 47 (12:12) 2-Glen Simonson pass complete to 12-Travis Davis to CHI 47 for 6 yards. Tackle by 94-Billy Callis.</t>
   </si>
@@ -569,156 +569,156 @@
   <si>
     <t>#91 Michael Anderson - DT</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
     <t>#71 Elliot London - LG</t>
   </si>
   <si>
     <t>#54 Lyle Kernan - SLB</t>
   </si>
   <si>
     <t>#66 Steven Jacobson - LG</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>(10:38) 16-Carlos Mills kicks 65 yards from VAN 35 to CHI 0. Touchback.</t>
   </si>
   <si>
     <t>#6 John Darnell - RB</t>
   </si>
   <si>
-    <t>#55 John Broadway - MLB</t>
+    <t>#59 John Broadway - MLB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>1-10-CHI 25 (10:38) 1-Timothy Powell pass incomplete, intended for 12-Mark Meier.</t>
   </si>
   <si>
     <t>#1 Timothy Powell - QB</t>
   </si>
   <si>
     <t>#5 Thomas Marston - RB</t>
   </si>
   <si>
     <t>#11 Hugo Levy - WR</t>
   </si>
   <si>
     <t>#10 Julio Perlman - WR</t>
   </si>
   <si>
     <t>#12 Mark Meier - WR</t>
   </si>
   <si>
     <t>#65 Anthony Collins - LT</t>
   </si>
   <si>
     <t>#67 Jackie Mattson - C</t>
   </si>
   <si>
     <t>#68 Morty Della - RG</t>
   </si>
   <si>
     <t>#69 Jimmy Whitney - RT</t>
   </si>
   <si>
-    <t>#53 Timothy Gray - SLB</t>
-[...2 lines deleted...]
-    <t>#51 Crash Brannigan - WLB</t>
+    <t>#53 Timothy Gray - WLB</t>
+  </si>
+  <si>
+    <t>#51 Crash Brannigan - SLB</t>
   </si>
   <si>
     <t>#30 Douglas Lindsey - CB</t>
   </si>
   <si>
     <t>#43 Cecil Castillo - CB</t>
   </si>
   <si>
     <t>#47 Kevin Menard - SS</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-10-CHI 25 (10:36) 5-Thomas Marston ran to CHI 19 for -6 yards. Tackle by 39-Todd Wright.</t>
   </si>
   <si>
     <t>#81 William Williams - TE</t>
   </si>
   <si>
-    <t>#54 Emilio Rogers - DT</t>
+    <t>#61 Emilio Rogers - DT</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>Timeout CHI</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>CHI 19</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-16-CHI 19 (10:07) 1-Timothy Powell pass Pass knocked down by 39-Todd Wright. incomplete, intended for 10-Julio Perlman.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-CHI 19 (10:02) 18-Manuel Ebling punts 50 yards to VAN 30. Fair Catch by 14-Robert Jones.</t>
   </si>
   <si>
     <t>#18 Manuel Ebling - P</t>
   </si>
   <si>
-    <t>#73 Leon Millard - RG</t>
+    <t>#53 Leon Millard - RG</t>
   </si>
   <si>
     <t>#82 Jose Figueroa - TE</t>
   </si>
   <si>
     <t>#70 Peter Milburn - LT</t>
   </si>
   <si>
     <t>#58 Herbert Arnold - SLB</t>
   </si>
   <si>
     <t>#96 George Giese - LDE</t>
   </si>
   <si>
     <t>#70 Raymond Doughty - DT</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>VAN 30</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>