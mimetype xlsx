--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -338,66 +338,66 @@
   <si>
     <t>#3 Albert Vester - K</t>
   </si>
   <si>
     <t>ULA</t>
   </si>
   <si>
     <t>ULA 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-ULA 25 (15:00) 42-James Waugh ran to ULA 22 for -3 yards. Tackle by 31-Robert Salgado. PHI 40-Thomas Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Luis Blackwell - QB</t>
   </si>
   <si>
     <t>#42 James Waugh - RB</t>
   </si>
   <si>
-    <t>#84 Chris Gannon - TE</t>
+    <t>#86 Chris Gannon - TE</t>
   </si>
   <si>
     <t>#12 John Gregory - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#72 Fred Jones - LT</t>
   </si>
   <si>
     <t>#61 Scott Coley - LG</t>
   </si>
   <si>
-    <t>#64 Devin Vela - C</t>
+    <t>#64 Devin Vela - LG</t>
   </si>
   <si>
     <t>#63 Charles Law - RG</t>
   </si>
   <si>
     <t>#73 Joe Davis - RT</t>
   </si>
   <si>
     <t>#98 Dale Belcher - LDE</t>
   </si>
   <si>
     <t>#53 Micah Simpson - DT</t>
   </si>
   <si>
     <t>#70 Ramon Niles - DT</t>
   </si>
   <si>
     <t>#74 Roland Wells - RDE</t>
   </si>
   <si>
     <t>#41 Gene Whaley - MLB</t>
   </si>
   <si>
     <t>#97 Arthur Hills - WLB</t>
   </si>
@@ -452,105 +452,105 @@
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>ULA 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-ULA 35 (13:41) 4-Robert Barnes punts 46 yards to PHI 19. Fair Catch by 26-Adam Reyes.</t>
   </si>
   <si>
     <t>#4 Robert Barnes - P</t>
   </si>
   <si>
     <t>#67 Phil Nickell - LG</t>
   </si>
   <si>
     <t>#26 Adam Reyes - RB</t>
   </si>
   <si>
-    <t>#93 Gregory Willison - SLB</t>
+    <t>#50 Gregory Willison - SLB</t>
   </si>
   <si>
     <t>#74 Donald Ussery - RT</t>
   </si>
   <si>
     <t>#78 Richard McClendon - LT</t>
   </si>
   <si>
     <t>#57 Matthew Pringle - LDE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PHI 19</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 19 (13:35) 10-Jose Dixon pass complete to 1-Stephen Sigel to PHI 29 for 10 yards. Tackle by 24-Melvin Tunstall.</t>
   </si>
   <si>
     <t>#10 Jose Dixon - QB</t>
   </si>
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#1 Stephen Sigel - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
-    <t>#78 Lee Rieke - RT</t>
+    <t>#78 Lee Rieke - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#75 Patrick Kennedy - C</t>
   </si>
   <si>
-    <t>#73 Neil Montoya - RG</t>
+    <t>#4 Neil Montoya - RT</t>
   </si>
   <si>
     <t>#65 James Sammons - RT</t>
   </si>
   <si>
     <t>#95 Ryan Heyer - DT</t>
   </si>
   <si>
     <t>#91 John Barmore - RDE</t>
   </si>
   <si>
     <t>#57 Terence Crain - WLB</t>
   </si>
   <si>
     <t>#24 Melvin Tunstall - CB</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>ULA 10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-ULA 10 (8:15) 3-Albert Vester 27 yard field goal is GOOD. PHI 3 ULA 0</t>
   </si>
   <si>
     <t>#17 Robert White - QB</t>
   </si>
   <si>
     <t>#52 Troy Thorpe - LG</t>
   </si>
   <si>
     <t>#90 Patrick Villarreal - RDE</t>
   </si>
   <si>
     <t>#75 Marco Jansen - LDE</t>
   </si>
   <si>
-    <t>#98 Cleveland Davis - DT</t>
+    <t>#57 Cleveland Davis - DT</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>(8:13) 3-Albert Vester kicks 74 yards from PHI 35 to ULA -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-ULA 25 (8:13) 42-James Waugh ran to ULA 25 for a short gain. Tackle by 97-Arthur Hills.</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -2152,89 +2152,89 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="421.04" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>