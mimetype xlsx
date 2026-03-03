--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -281,132 +281,132 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TJN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BAX</t>
   </si>
   <si>
     <t>BAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Daniel Shoemaker kicks 62 yards from BAX 35 to TJN 3. 26-Cedric Jones to TJN 34 for 31 yards. Tackle by 6-Daniel Shoemaker.</t>
   </si>
   <si>
-    <t>#26 Cedric Jones - RB</t>
-[...11 lines deleted...]
-    <t>#83 Stephen Stokes - WR</t>
+    <t>#24 Cedric Jones - RB</t>
+  </si>
+  <si>
+    <t>#45 Floyd Brown - WLB</t>
+  </si>
+  <si>
+    <t>#39 David Smith - FS</t>
+  </si>
+  <si>
+    <t>#7 Nathan Kelson - FS</t>
+  </si>
+  <si>
+    <t>#40 Stephen Stokes - RB</t>
   </si>
   <si>
     <t>#47 Thad Aegis - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>#50 Clarence Grunewald - MLB</t>
   </si>
   <si>
     <t>#27 William Odle - CB</t>
   </si>
   <si>
     <t>#60 Matthew Abdullah - LT</t>
   </si>
   <si>
-    <t>#44 Thomas Najera - CB</t>
+    <t>#27 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#6 Daniel Shoemaker - K</t>
   </si>
   <si>
     <t>TJN</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>TJN 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-TJN 34 (14:55) 22-Wayne Sesco ran to TJN 43 for 9 yards. Tackle by 30-Darryl Sigmon.</t>
   </si>
   <si>
     <t>#15 Elvin Riffle - QB</t>
   </si>
   <si>
     <t>#22 Wayne Sesco - RB</t>
   </si>
   <si>
     <t>#87 Patrick Hammock - TE</t>
   </si>
   <si>
-    <t>#85 Jake Wynter - WR</t>
-[...11 lines deleted...]
-    <t>#76 James Hampton - C</t>
+    <t>#30 Jake Wynter - RB</t>
+  </si>
+  <si>
+    <t>#2 Walter Ray - WR</t>
+  </si>
+  <si>
+    <t>#79 John Williams - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Brown - LG</t>
+  </si>
+  <si>
+    <t>#70 James Hampton - LT</t>
   </si>
   <si>
     <t>#64 Bobby Johnson - RG</t>
   </si>
   <si>
-    <t>#70 Oscar Richards - RT</t>
+    <t>#74 Oscar Richards - RT</t>
   </si>
   <si>
     <t>#1 Walter Lacroix - LDE</t>
   </si>
   <si>
     <t>#76 Clarence Carter - DT</t>
   </si>
   <si>
     <t>#71 Branden Morgan - DT</t>
   </si>
   <si>
     <t>#52 Harold Tyus - RDE</t>
   </si>
   <si>
     <t>#90 Bartholomew Roberts - MLB</t>
   </si>
   <si>
     <t>#97 Charles Warren - SLB</t>
   </si>
   <si>
     <t>#20 Ricky Matz - CB</t>
   </si>
   <si>
     <t>#48 David Scruggs - CB</t>
   </si>
@@ -527,93 +527,93 @@
   <si>
     <t>BAX 33</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BAX 33 (10:24) 15-Elvin Riffle pass Pass knocked down by 50-Lonnie Kershaw. incomplete, intended for 22-Wayne Sesco. BAX 1-Walter Lacroix was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#26 Michael Overbeck - SS</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-10-BAX 33 (10:21) 15-Elvin Riffle pass complete to 85-Jake Wynter to BAX 32 for 1 yards. Tackle by 97-Charles Warren.</t>
   </si>
   <si>
-    <t>#92 David Landau - RDE</t>
+    <t>#91 David Landau - RDE</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>BAX 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-9-BAX 32 (9:48) 22-Wayne Sesco ran to BAX 35 for -3 yards. Tackle by 52-Harold Tyus.</t>
   </si>
   <si>
     <t>#22 Robert Hahn - FS</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-BAX 35 (9:12) 9-Kenneth Green 52 yard field goal is GOOD. TJN 3 BAX 0</t>
   </si>
   <si>
     <t>#11 Robert Chapa - CB</t>
   </si>
   <si>
-    <t>#66 Donald Bernal - LT</t>
+    <t>#66 Donald Bernal - RT</t>
   </si>
   <si>
     <t>#9 Kenneth Green - K</t>
   </si>
   <si>
-    <t>#65 Edward King - C</t>
+    <t>#65 Edward King - LT</t>
   </si>
   <si>
     <t>#64 Gary Morin - DT</t>
   </si>
   <si>
     <t>#62 Antonio Nunez - RT</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>TJN 35</t>
   </si>
   <si>
     <t>(9:09) 9-Kenneth Green kicks 75 yards from TJN 35 to BAX -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Charles Ruiz - RB</t>
   </si>
   <si>
     <t>#56 William Ragland - DT</t>
   </si>
   <si>
     <t>BAX 25</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>#65 Donald Marino - LT</t>
   </si>
   <si>
     <t>#63 Michael Potts - LG</t>
   </si>
   <si>
     <t>#73 Charles Delarosa - C</t>
   </si>
   <si>
     <t>#78 Daniel Reiter - RG</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
     <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
-    <t>#53 Vern Ray - WLB</t>
+    <t>#98 Vern Ray - WLB</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>BAX 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-5-BAX 30 (8:30) 35-Charles Ruiz ran to BAX 26 for -4 yards. Tackle by 33-David Smith. PENALTY - Offsides (TJN 75-Billy Sanders)</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-BAX 35 (8:28) 9-Thomas Gatto pass complete to 80-Robert Maloney to BAX 35 for a short gain. Tackle by 44-Thomas Najera.</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>2-10-BAX 35 (7:48) 35-Charles Ruiz ran to BAX 42 for 7 yards. Tackle by 45-Floyd Brown.</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>BAX 42</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-3-BAX 42 (7:05) 24-Sanford Norwood ran to BAX 49 for 7 yards. Tackle by 32-Ernest Roache.</t>
   </si>
   <si>
     <t>#24 Sanford Norwood - RB</t>
   </si>
   <si>
     <t>#42 Mark Shannon - FB</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>BAX 49</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BAX 49 (6:24) 9-Thomas Gatto pass Pass knocked down by 44-Thomas Najera. incomplete, intended for 80-Robert Maloney. Pressure by 76-Walter Davenport.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
@@ -755,96 +755,96 @@
   <si>
     <t>TJN 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>3-1-TJN 41 (5:41) 24-Sanford Norwood ran to TJN 27 for 14 yards. Tackle by 94-Erik Kinsey.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>TJN 27</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TJN 27 (4:56) 9-Thomas Gatto pass complete to 35-Charles Ruiz to TJN 25 for 2 yards. Tackle by 32-Ernest Roache. Nice job by 35-Charles Ruiz on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#93 Thomas Smith - DT</t>
+    <t>#54 Thomas Smith - MLB</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-8-TJN 25 (4:10) 24-Sanford Norwood ran to TJN 19 for 6 yards. Tackle by 44-Thomas Najera.</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>TJN 19</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-2-TJN 19 (3:29) 24-Sanford Norwood ran to TJN 20 for -1 yards. Tackle by 33-David Smith. TJN 76-Walter Davenport was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:56</t>
   </si>
   <si>
     <t>TJN 20</t>
   </si>
   <si>
     <t>4-3-TJN 20 (2:55) 6-Daniel Shoemaker 38 yard field goal is GOOD. TJN 3 BAX 3</t>
   </si>
   <si>
     <t>#44 Tuilyn Bat Bökh - FB</t>
   </si>
   <si>
     <t>#53 Lewis Curran - LG</t>
   </si>
   <si>
     <t>#67 Lorenzo Conley - RG</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>(2:52) 6-Daniel Shoemaker kicks 75 yards from BAX 35 to TJN -10. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 25 (2:52) 26-Cedric Jones ran to TJN 26 for 1 yards. Tackle by 97-Charles Warren.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>TJN 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-9-TJN 26 (2:10) 26-Cedric Jones ran to TJN 31 for 5 yards. Tackle by 97-Charles Warren.</t>
   </si>
@@ -2375,51 +2375,51 @@
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>