--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -356,72 +356,72 @@
   <si>
     <t>#8 Robert Poirier - QB</t>
   </si>
   <si>
     <t>#26 Leo Hall - RB</t>
   </si>
   <si>
     <t>#27 Brandon Jacobs - RB</t>
   </si>
   <si>
     <t>#16 Albert Sutton - WR</t>
   </si>
   <si>
     <t>#81 Paul Yuen - WR</t>
   </si>
   <si>
     <t>#69 Harris Strain - LT</t>
   </si>
   <si>
     <t>#71 Joe Brown - LG</t>
   </si>
   <si>
     <t>#70 Carl Llewellyn - C</t>
   </si>
   <si>
-    <t>#78 Woodrow Breen - RG</t>
+    <t>#55 Woodrow Breen - RT</t>
   </si>
   <si>
     <t>#74 Mohammed Brawley - RT</t>
   </si>
   <si>
     <t>#99 Felix Hare - LDE</t>
   </si>
   <si>
     <t>#90 Anthony Parker - DT</t>
   </si>
   <si>
     <t>#91 Dirk Diggler - DT</t>
   </si>
   <si>
     <t>#58 Anthony Bruce - RDE</t>
   </si>
   <si>
     <t>#57 Tyrone Wright - MLB</t>
   </si>
   <si>
-    <t>#54 D.D. Underwood - WLB</t>
+    <t>#50 D.D. Underwood - MLB</t>
   </si>
   <si>
     <t>#22 Danny Skates - CB</t>
   </si>
   <si>
     <t>#48 Howard Hawthorne - CB</t>
   </si>
   <si>
     <t>#38 Larry Cardona - SS</t>
   </si>
   <si>
     <t>#28 Roy Wall - SS</t>
   </si>
   <si>
     <t>#42 Nicolas Savage - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>BFD 38</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#92 Thomas Corchado - SLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>SFX 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-SFX 47 (13:31) 8-Robert Poirier pass complete to 49-Jimmy Norman to SFX 40 for 7 yards. Tackle by 93-Armando Rutherford. 49-Jimmy Norman made a great move on the CB.</t>
   </si>
   <si>
     <t>#47 Willie Webb - RB</t>
   </si>
   <si>
     <t>#49 Jimmy Norman - FB</t>
   </si>
   <si>
-    <t>#56 Christopher Butler - MLB</t>
+    <t>#59 Christopher Butler - MLB</t>
   </si>
   <si>
     <t>#93 Armando Rutherford - WLB</t>
   </si>
   <si>
     <t>#45 Miguel Jackson - FS</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>SFX 40</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-3-SFX 40 (12:48) 8-Robert Poirier pass Pass knocked down by 54-D.D. Underwood. incomplete, intended for 26-Leo Hall.</t>
   </si>
   <si>
     <t>#89 Joseph Jones - TE</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
@@ -521,117 +521,117 @@
   <si>
     <t>SFX 34</t>
   </si>
   <si>
     <t>3-9-SFX 34 (11:14) 8-Robert Poirier pass complete to 47-Willie Webb for 34 yards. TOUCHDOWN! Pressure by 91-Dirk Diggler. SFX 0 BFD 6</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>SFX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:07) Extra point GOOD by 4-Ralph Mason. SFX 0 BFD 7</t>
   </si>
   <si>
     <t>#3 Russell Laberge - QB</t>
   </si>
   <si>
-    <t>#4 Ralph Mason - K</t>
+    <t>#10 Ralph Mason - K</t>
   </si>
   <si>
     <t>#60 Donald Payeur - RT</t>
   </si>
   <si>
     <t>#72 Richard Hiers - LT</t>
   </si>
   <si>
     <t>#58 Richard Clements - C</t>
   </si>
   <si>
-    <t>#65 Micheal Bunch - RT</t>
-[...2 lines deleted...]
-    <t>#50 Brandon Donovan - WLB</t>
+    <t>#72 Micheal Bunch - LT</t>
+  </si>
+  <si>
+    <t>#58 Brandon Donovan - WLB</t>
   </si>
   <si>
     <t>#51 Eddie Kelly - LDE</t>
   </si>
   <si>
-    <t>#72 William Moore - RDE</t>
+    <t>#96 William Moore - RDE</t>
   </si>
   <si>
     <t>#53 Eric Pettiford - SLB</t>
   </si>
   <si>
     <t>BFD 35</t>
   </si>
   <si>
     <t>(11:07) 4-Ralph Mason kicks 66 yards from BFD 35 to SFX -1. 40-Damian Hopkins to SFX 23 for 24 yards. Tackle by 85-Roger Conway. BFD 96-Bruiser  Salgado was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Damian Hopkins - RB</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>SFX 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SFX 23 (11:03) 11-Jeffrey Menchaca ran to SFX 29 for 6 yards. Tackle by 20-Gary Pressman.</t>
   </si>
   <si>
     <t>#6 Lawrence Koehler - QB</t>
   </si>
   <si>
     <t>#11 Jeffrey Menchaca - RB</t>
   </si>
   <si>
     <t>#1 Alfonzo French - FB</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
-    <t>#80 Douglas Thompson - TE</t>
-[...2 lines deleted...]
-    <t>#59 Basil Bennett - LT</t>
+    <t>#76 Douglas Thompson - RG</t>
+  </si>
+  <si>
+    <t>#59 Basil Bennett - RT</t>
   </si>
   <si>
     <t>#69 Salvatore Williams - LG</t>
   </si>
   <si>
     <t>#60 Terrence Stringfield - C</t>
   </si>
   <si>
     <t>#70 Mickey Fisher - RG</t>
   </si>
   <si>
     <t>#79 Tommy Schreffler - RT</t>
   </si>
   <si>
     <t>#55 Raul Wright - LDE</t>
   </si>
   <si>
     <t>#99 Hyman Brown - DT</t>
   </si>
   <si>
     <t>#56 Paul Pitcher - DT</t>
   </si>
   <si>
     <t>#91 Robert Harris - SLB</t>
   </si>