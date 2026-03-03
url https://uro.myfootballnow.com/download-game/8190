--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -392,51 +392,51 @@
   <si>
     <t>#78 Spencer Wallace - DT</t>
   </si>
   <si>
     <t>#98 Bubba  Smith - RDE</t>
   </si>
   <si>
     <t>#9 Logan Williams - SLB</t>
   </si>
   <si>
     <t>#93 Jeff Constable - MLB</t>
   </si>
   <si>
     <t>#11 Jack Brown - WLB</t>
   </si>
   <si>
     <t>#31 Wayne Pritchett - CB</t>
   </si>
   <si>
     <t>#43 William Morin - CB</t>
   </si>
   <si>
     <t>#33 Willard Peterson - SS</t>
   </si>
   <si>
-    <t>#23 Danny Hunter - FS</t>
+    <t>#23 Danny Hunter - SS</t>
   </si>
   <si>
     <t>BRS 20</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-15-BRS 20 (15:00) 3-John Marie pass Pass knocked down by 31-Wayne Pritchett. incomplete, intended for 87-Gerald Kelley.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-15-BRS 20 (14:58) 3-John Marie pass complete to 34-Lance Robinson to BRS 26 for 6 yards. Tackle by 11-Jack Brown.</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-BRS 35 (13:43) 13-Edwin Hernandez punts 59 yards to AUK 7. BRS 67-Giovanni Bulwark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Edwin Hernandez - P</t>
   </si>
   <si>
     <t>#1 Robert Crosswhite - WR</t>
   </si>
   <si>
     <t>#77 Benjamin Parker - C</t>
   </si>
   <si>
     <t>#76 Alan Miller - RG</t>
   </si>
   <si>
     <t>#90 Daniel Strong - DT</t>
   </si>
   <si>
     <t>#88 Charles Coffey - LDE</t>
   </si>
   <si>
-    <t>#94 Colt Mossberg - DT</t>
+    <t>#59 Colt Mossberg - DT</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>AUK 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-AUK 7 (13:34) 18-Chris P Bacon sacked at AUK 3 for -3 yards (51-Edward Stanton). Sack allowed by 75-Joseph Becraft.</t>
   </si>
   <si>
     <t>#18 Chris P Bacon - QB</t>
   </si>
   <si>
     <t>#27 Rodney Harris - RB</t>
   </si>
   <si>
     <t>#45 Joseph Pierre - FB</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#81 Perry Schulze - WR</t>
   </si>
   <si>
     <t>#75 Joseph Becraft - LT</t>
   </si>
   <si>
     <t>#60 Fermin Lang - LG</t>
   </si>
   <si>
     <t>#55 Tim Perez - C</t>
   </si>
   <si>
     <t>#58 Pharao Echnaton - RG</t>
   </si>
   <si>
     <t>#79 Jacob Murray - RT</t>
   </si>
   <si>
     <t>#2 Franklin Cade - RDE</t>
   </si>
   <si>
     <t>#5 Todd Smith - SLB</t>
   </si>
   <si>
-    <t>#45 James Griffith - MLB</t>
+    <t>#90 James Griffith - MLB</t>
   </si>
   <si>
     <t>#28 Donovan Lundy - CB</t>
   </si>
   <si>
     <t>#43 Kyle Tierney - SS</t>
   </si>
   <si>
     <t>#52 Anthony Riley - FS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>AUK 3</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-13-AUK 3 (12:49) 18-Chris P Bacon pass complete to 89-Rollen Tires to AUK 12 for 8 yards. Tackle by 45-James Griffith. PENALTY - Pass Interference (BRS 45-James Griffith)</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-6-AUK 16 (12:05) 18-Chris P Bacon pass complete to 27-Rodney Harris to AUK 24 for 8 yards. Tackle by 45-James Griffith. Pressure by 51-Edward Stanton.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>AUK 24</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-AUK 24 (11:25) (Hot Read) 18-Chris P Bacon pass complete to 27-Rodney Harris to AUK 24 for a short loss. Tackle by 90-Leslie Merryman. Pressure by 5-Todd Smith.</t>
   </si>
   <si>
-    <t>#41 Howard Norton - FB</t>
+    <t>#45 Howard Norton - FB</t>
   </si>
   <si>
     <t>#80 Michael Burton - TE</t>
   </si>
   <si>
     <t>#53 Steven Braggs - LDE</t>
   </si>
   <si>
     <t>#6 Peter Koger - SS</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-AUK 24 (10:42) 27-Rodney Harris ran to AUK 32 for 8 yards. Tackle by 40-Matthew Cousins.</t>
   </si>
   <si>
     <t>#47 Samuel Diego - RB</t>
   </si>
@@ -737,54 +737,54 @@
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>AUK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:06) Extra point GOOD by 4-James Oviedo. AUK 0 BRS 7</t>
   </si>
   <si>
     <t>#11 Stephen Holland - QB</t>
   </si>
   <si>
     <t>#4 James Oviedo - K</t>
   </si>
   <si>
     <t>#67 Joseph Trujillo - LG</t>
   </si>
   <si>
-    <t>#74 Brian Bayne - LT</t>
-[...2 lines deleted...]
-    <t>#57 Victor Little - WLB</t>
+    <t>#66 Brian Bayne - LT</t>
+  </si>
+  <si>
+    <t>#91 Victor Little - SLB</t>
   </si>
   <si>
     <t>#53 Joseph Strobel - WLB</t>
   </si>
   <si>
     <t>#77 Mack Stack - RDE</t>
   </si>
   <si>
     <t>#42 Walter Brown - SS</t>
   </si>
   <si>
     <t>(7:06) 4-James Oviedo kicks 72 yards from BRS 35 to AUK -7. 1-Robert Crosswhite to AUK 22 for 30 yards. Tackle by 30-Duane Doman.</t>
   </si>
   <si>
     <t>#91 Joseph Lee - SLB</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>AUK 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>3-1-BRS 32 (2:57) 27-Rodney Harris ran to BRS 24 for 9 yards. Tackle by 52-Anthony Riley.</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>BRS 24</t>
   </si>
   <si>
     <t>1-10-BRS 24 (2:20) 47-Samuel Diego ran to BRS 22 for 2 yards. Tackle by 5-Todd Smith.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>BRS 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-8-BRS 22 (1:37) 18-Chris P Bacon pass complete to 47-Samuel Diego to BRS 21 for 1 yards. Tackle by 43-Kyle Tierney.</t>
   </si>
   <si>
-    <t>#26 Bradley Carroll - RB</t>
+    <t>#43 Bradley Carroll - RB</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>BRS 21</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-7-BRS 21 (0:55) 47-Samuel Diego ran to BRS 18 for 3 yards. Tackle by 28-Donovan Lundy.</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>BRS 18</t>
   </si>
   <si>
     <t>4-4-BRS 18 (0:13) 4-Nikoli Vaslichenkov 35 yard field goal is GOOD. AUK 3 BRS 7</t>
   </si>
   <si>
     <t>#50 Stanley Beers - SLB</t>
   </si>