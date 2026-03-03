--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -293,171 +293,171 @@
   <si>
     <t>LIS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-James Warford kicks 74 yards from LIS 35 to ROM -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Anthony Ruiz - WR</t>
   </si>
   <si>
     <t>#90 Harold Burditt - MLB</t>
   </si>
   <si>
     <t>#48 Harry Bradshaw - SS</t>
   </si>
   <si>
     <t>#57 Hal Phifer - WLB</t>
   </si>
   <si>
-    <t>#29 Rogelio Allen - LDE</t>
+    <t>#29 Rogelio Allen - DT</t>
   </si>
   <si>
     <t>#24 Brad Hoelscher - CB</t>
   </si>
   <si>
     <t>#91 Dennis Culver - LDE</t>
   </si>
   <si>
     <t>#46 Philip Larkin - FS</t>
   </si>
   <si>
     <t>#3 Travis Newell - MLB</t>
   </si>
   <si>
     <t>#92 Lynn Benson - SLB</t>
   </si>
   <si>
     <t>#39 Damien Corson - CB</t>
   </si>
   <si>
     <t>#17 James Warford - K</t>
   </si>
   <si>
     <t>ROM</t>
   </si>
   <si>
     <t>ROM 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-ROM 25 (15:00) 11-Noe Quinonez ran to ROM 25 for a short gain. Tackle by 50-John Sam.</t>
   </si>
   <si>
     <t>#8 Steven Ramirez - QB</t>
   </si>
   <si>
     <t>#11 Noe Quinonez - RB</t>
   </si>
   <si>
     <t>#45 John Byrne - FB</t>
   </si>
   <si>
     <t>#37 Anthony Taylor - FB</t>
   </si>
   <si>
-    <t>#82 William Curry - TE</t>
+    <t>#83 William Curry - TE</t>
   </si>
   <si>
     <t>#84 Sean Hardy - TE</t>
   </si>
   <si>
-    <t>#72 Joseph Womble - LT</t>
+    <t>#72 Joseph Womble - RT</t>
   </si>
   <si>
     <t>#51 Quinton Hummer - LG</t>
   </si>
   <si>
     <t>#73 Joshua Morrell - C</t>
   </si>
   <si>
     <t>#64 John Anderson - RG</t>
   </si>
   <si>
-    <t>#65 John Scott - RT</t>
+    <t>#65 John Scott - LT</t>
   </si>
   <si>
     <t>#74 Jose Leighty - LDE</t>
   </si>
   <si>
     <t>#54 Gregory Johnson - LDE</t>
   </si>
   <si>
     <t>#67 Albert Hinds - DT</t>
   </si>
   <si>
     <t>#92 Homer Hunter - DT</t>
   </si>
   <si>
     <t>#94 Gilbert Jones - RDE</t>
   </si>
   <si>
     <t>#90 John Bandy - SLB</t>
   </si>
   <si>
     <t>#50 John Sam - MLB</t>
   </si>
   <si>
     <t>#93 Michael Daley - WLB</t>
   </si>
   <si>
     <t>#25 Jesse Williams - CB</t>
   </si>
   <si>
     <t>#36 Shaun Pizarro - CB</t>
   </si>
   <si>
     <t>#35 Nick Chavez - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-ROM 25 (14:24) 11-Noe Quinonez ran to ROM 30 for 5 yards. Tackle by 46-Russel Soto.</t>
   </si>
   <si>
     <t>#10 Joshua Bain - WR</t>
   </si>
   <si>
-    <t>#15 Matthew Lancaster - WR</t>
+    <t>#89 Matthew Lancaster - WR</t>
   </si>
   <si>
     <t>#85 Robert Cooney - WR</t>
   </si>
   <si>
     <t>#46 Russel Soto - CB</t>
   </si>
   <si>
     <t>#34 Chad Troup - FS</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>ROM 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-ROM 30 (13:46) 11-Noe Quinonez ran to ROM 33 for 3 yards. Tackle by 90-John Bandy.</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-11-LIS 17 (11:32) 16-Lester Davis pass incomplete, intended for 84-Robert Wright.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>4-11-LIS 17 (11:29) 19-Francis Dragon punts 46 yards to ROM 37. Fair Catch by 4-Jose Yount.</t>
   </si>
   <si>
     <t>#19 Francis Dragon - P</t>
   </si>
   <si>
     <t>#4 Jose Yount - RB</t>
   </si>
   <si>
-    <t>#59 Kevin Flory - LT</t>
+    <t>#74 Kevin Flory - RG</t>
   </si>
   <si>
     <t>#44 Jonah Lee - FB</t>
   </si>
   <si>
     <t>#22 Carlos York - RDE</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>ROM 37</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ROM 37 (11:23) 11-Noe Quinonez ran to ROM 47 for 10 yards. 11-Noe Quinonez FUMBLES (34-Chad Troup) recovered by LIS-25-Jesse Williams to ROM 44 for 2 yards. Tackle by 15-Matthew Lancaster.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
@@ -1004,51 +1004,51 @@
   <si>
     <t>3-5-ROM 30 (10:53) 11-Noe Quinonez ran to ROM 32 for 2 yards. Tackle by 46-Russel Soto.</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>4-3-ROM 32 (10:12) 2-Terry Jackson punts 49 yards to LIS 19. Fair Catch by 28-John Hunter.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>LIS 19</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LIS 19 (10:05) 16-Lester Davis sacked at LIS 11 for -7 yards (91-Dennis Culver). Sack allowed by 66-Johnny Gautreaux.</t>
   </si>
   <si>
-    <t>#66 Johnny Gautreaux - RT</t>
+    <t>#70 Johnny Gautreaux - RT</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>LIS 11</t>
   </si>
   <si>
     <t>2-17-LIS 11 (9:24) 16-Lester Davis pass Pass knocked down by 57-Hal Phifer. incomplete, intended for 80-Paul Acevedo.</t>
   </si>
   <si>
     <t>#51 Walter Jensen - LG</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-17-LIS 11 (9:20) 16-Lester Davis pass incomplete, intended for 4-Turbo Mendez. He kind of lost control of that pass.</t>
   </si>
@@ -1229,51 +1229,51 @@
   <si>
     <t>LIS 23</t>
   </si>
   <si>
     <t>1-10-LIS 23 (1:16) 4-Turbo Mendez ran to LIS 30 for 7 yards. Tackle by 92-Lynn Benson.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>LIS 30</t>
   </si>
   <si>
     <t>2-3-LIS 30 (0:33) 4-Turbo Mendez ran to LIS 29 for -1 yards. Tackle by 21-John Felice. 68-Aaron Hargreaves was completely beat on that play.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>ROM 35</t>
   </si>
   <si>
     <t>(15:00) 9-Jose Morgan kicks 75 yards from ROM 35 to LIS -10. Touchback.</t>
   </si>
   <si>
-    <t>#99 William Sullivan - MLB</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#9 Jose Morgan - K</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-LIS 25 (15:00) 4-Turbo Mendez ran to LIS 22 for -3 yards. Tackle by 90-Harold Burditt.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>LIS 22</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>2-13-LIS 22 (14:21) 16-Lester Davis pass complete to 84-Robert Wright to LIS 29 for 8 yards. Tackle by 44-David Shapiro. 44-David Shapiro got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
@@ -2159,51 +2159,51 @@
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>