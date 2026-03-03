--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -368,102 +368,102 @@
   <si>
     <t>#89 Roscoe Olson - TE</t>
   </si>
   <si>
     <t>#86 William Smith - TE</t>
   </si>
   <si>
     <t>#51 Russell Cruz - LT</t>
   </si>
   <si>
     <t>#64 Evan Heard - LG</t>
   </si>
   <si>
     <t>#78 Gregory Stephens - C</t>
   </si>
   <si>
     <t>#73 Charles McBride - RG</t>
   </si>
   <si>
     <t>#63 David Morris - RT</t>
   </si>
   <si>
     <t>#91 Troy Davis - LDE</t>
   </si>
   <si>
-    <t>#59 Edwin Morris - LDE</t>
+    <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#76 Joseph Wooldridge - DT</t>
   </si>
   <si>
     <t>#99 Paul Thompson - DT</t>
   </si>
   <si>
     <t>#94 John Greene - RDE</t>
   </si>
   <si>
     <t>#93 Patrick Gomez - SLB</t>
   </si>
   <si>
     <t>#94 Wallace Easley - MLB</t>
   </si>
   <si>
     <t>#96 Joseph Yee - WLB</t>
   </si>
   <si>
     <t>#26 Joseph Hall - CB</t>
   </si>
   <si>
     <t>#21 Scott Hawks - CB</t>
   </si>
   <si>
     <t>#45 Earl Simmons - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>QUE 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-11-QUE 25 (14:12) 4-David Nowell pass Pass knocked down by 93-Patrick Gomez. incomplete, intended for 10-Keith Cortez.</t>
   </si>
   <si>
     <t>#82 Matt Williams - WR</t>
   </si>
   <si>
     <t>#10 Keith Cortez - WR</t>
   </si>
   <si>
-    <t>#20 Joseph Cano - FS</t>
+    <t>#20 Joseph Cano - SS</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-11-QUE 25 (14:09) 24-Michael Perez ran to QUE 29 for 4 yards. Tackle by 49-Joseph Rooney.</t>
   </si>
   <si>
     <t>#16 Maynard Holmes - WR</t>
   </si>
   <si>
     <t>#49 Joseph Rooney - CB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>QUE 29</t>
   </si>
@@ -512,63 +512,63 @@
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-SKT 26 (13:20) 19-Colt Waverly pass complete to 27-Michael Obrien to SKT 31 for 5 yards. Tackle by 55-Ronald Knight.</t>
   </si>
   <si>
     <t>#19 Colt Waverly - QB</t>
   </si>
   <si>
     <t>#17 Dan Cournoyer - RB</t>
   </si>
   <si>
     <t>#27 Michael Obrien - FB</t>
   </si>
   <si>
     <t>#82 David Page - TE</t>
   </si>
   <si>
     <t>#16 Clarence Johnson - WR</t>
   </si>
   <si>
-    <t>#69 Noel Douglass - LT</t>
+    <t>#69 Noel Douglass - RT</t>
   </si>
   <si>
     <t>#68 James Shelor - LG</t>
   </si>
   <si>
     <t>#64 Brian Hocker - C</t>
   </si>
   <si>
     <t>#56 John Kitchen - C</t>
   </si>
   <si>
-    <t>#64 Mark Elliott - RT</t>
+    <t>#57 Mark Elliott - RT</t>
   </si>
   <si>
     <t>#72 Paul Burkett - LDE</t>
   </si>
   <si>
     <t>#67 Henry Mask - DT</t>
   </si>
   <si>
     <t>#52 Timothy Sanchez - WLB</t>
   </si>
   <si>
     <t>#49 James Pierce - CB</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>SKT 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -1025,51 +1025,51 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-12-SKT 24 (11:59) 19-Colt Waverly pass complete to 84-Jay  Swagger to SKT 32 for 8 yards. Tackle by 49-James Pierce.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>SKT 32</t>
   </si>
   <si>
     <t>4-3-SKT 32 (11:20) 3-Paul McCue punts 42 yards to QUE 26. Fair Catch by 24-Michael Perez.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-QUE 26 (11:13) 4-David Nowell pass complete to 24-Michael Perez to QUE 31 for 5 yards. Tackle by 45-Earl Simmons.</t>
   </si>
   <si>
-    <t>#37 Nkosi Tunzi - CB</t>
+    <t>#23 Nkosi Tunzi - CB</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>QUE 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-5-QUE 31 (10:27) 4-David Nowell pass complete to 16-Maynard Holmes to QUE 44 for 13 yards. Tackle by 37-Nkosi Tunzi.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-QUE 44 (9:43) 4-David Nowell pass Pass knocked down by 94-Wallace Easley. incomplete, intended for 89-Roscoe Olson. 96-Joseph Yee got away with a hold on that play.</t>
   </si>