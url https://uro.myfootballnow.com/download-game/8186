--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -287,123 +287,123 @@
   <si>
     <t>PRA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>JOH</t>
   </si>
   <si>
     <t>JOH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Clint Temple kicks 74 yards from JOH 35 to PRA -9. Touchback.</t>
   </si>
   <si>
     <t>#17 Donald Moore - WR</t>
   </si>
   <si>
     <t>#41 Michael Bullis - FS</t>
   </si>
   <si>
-    <t>#90 Michael Vaughn - SLB</t>
+    <t>#51 Michael Vaughn - WLB</t>
   </si>
   <si>
     <t>#33 James Reiter - SS</t>
   </si>
   <si>
-    <t>#20 Christopher Darwin - CB</t>
+    <t>#24 Christopher Darwin - CB</t>
   </si>
   <si>
     <t>#29 Wally Valcheko - CB</t>
   </si>
   <si>
     <t>#36 Brian Marsh - WLB</t>
   </si>
   <si>
     <t>#53 Phillip Brown - MLB</t>
   </si>
   <si>
     <t>#56 Anthony Chan - SLB</t>
   </si>
   <si>
-    <t>#55 Steven Lopez - WLB</t>
+    <t>#99 Steven Lopez - WLB</t>
   </si>
   <si>
     <t>#32 Jamie Jones - SS</t>
   </si>
   <si>
     <t>#5 Clint Temple - K</t>
   </si>
   <si>
     <t>PRA</t>
   </si>
   <si>
     <t>PRA 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-PRA 25 (15:00) 35-Dennis Johnson ran to PRA 34 for 9 yards. 35-Dennis Johnson FUMBLES (41-Thomas Danner) recovered by JOH-91-William Glover to PRA 35 for -1 yards. Tackle by 4-Kevin Thompson.</t>
   </si>
   <si>
     <t>#12 Gordon Rosa - QB</t>
   </si>
   <si>
     <t>#35 Dennis Johnson - RB</t>
   </si>
   <si>
     <t>#37 Brian Almanza - FB</t>
   </si>
   <si>
     <t>#86 Robert Polk - TE</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
     <t>#79 Johnny Shafer - LT</t>
   </si>
   <si>
-    <t>#4 Kevin Thompson - LG</t>
+    <t>#61 Kevin Thompson - LG</t>
   </si>
   <si>
     <t>#74 Gary Johnson - C</t>
   </si>
   <si>
     <t>#70 David Romo - RG</t>
   </si>
   <si>
-    <t>#54 Donnie Hairston - RT</t>
+    <t>#75 Donnie Hairston - RT</t>
   </si>
   <si>
     <t>#92 Gilbert King - LDE</t>
   </si>
   <si>
     <t>#91 William Glover - DT</t>
   </si>
   <si>
     <t>#90 Darren Hobdy - DT</t>
   </si>
   <si>
     <t>#94 Dorian Crozier - RDE</t>
   </si>
   <si>
     <t>#55 Richard Sharp - SLB</t>
   </si>
   <si>
     <t>#51 Lil Louie Sampson - MLB</t>
   </si>
   <si>
     <t>#58 Grady Grant - WLB</t>
   </si>
   <si>
     <t>#28 Luke Sayers - CB</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>#44 Gerald Griffin - CB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-PRA 35 (14:53) 3-Calvin Hill ran to PRA 31 for 4 yards. Tackle by 53-Phillip Brown.</t>
   </si>
   <si>
     <t>#30 Erik Shepherd - FB</t>
   </si>
   <si>
     <t>#80 Thabo  van der Merwe - TE</t>
   </si>
   <si>
     <t>#82 Guillermo Bahr - TE</t>
   </si>
   <si>
-    <t>#76 Kent Lowell - LDE</t>
+    <t>#97 Kent Lowell - LDE</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PRA 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-6-PRA 31 (14:14) 3-Calvin Hill ran to PRA 19 for 11 yards. Tackle by 41-Michael Bullis.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>PRA 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
@@ -584,96 +584,96 @@
   <si>
     <t>#76 Jose “Cometa” Hale - RG</t>
   </si>
   <si>
     <t>#96 Larry Smith - MLB</t>
   </si>
   <si>
     <t>#92 James Brooks - RDE</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>(11:26) 5-Clint Temple kicks 73 yards from JOH 35 to PRA -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PRA 25 (11:26) 35-Dennis Johnson ran to PRA 23 for -2 yards. Tackle by 20-Carl Ruiz.</t>
   </si>
   <si>
-    <t>#80 Luther Moreno - WR</t>
+    <t>#16 Luther Moreno - WR</t>
   </si>
   <si>
     <t>#20 Carl Ruiz - CB</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>PRA 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-12-PRA 23 (10:45) 35-Dennis Johnson ran to PRA 24 for 1 yards. Tackle by 94-Dorian Crozier.</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>PRA 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-11-PRA 24 (10:12) 12-Gordon Rosa pass Pass knocked down by 28-Luke Sayers. incomplete, intended for 17-Donald Moore.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-PRA 24 (10:09) 4-Marc Pedigo punts 48 yards to JOH 28. 3-Calvin Hill to JOH 28 for 1 yards. Tackle by 33-James Reiter. JOH 91-William Glover was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#4 Marc Pedigo - P</t>
+    <t>#13 Marc Pedigo - P</t>
   </si>
   <si>
     <t>#63 James Chavez - C</t>
   </si>
   <si>
     <t>#97 Thelonius Pilepush - DT</t>
   </si>
   <si>
     <t>#40 Michael Gallegos - SS</t>
   </si>
   <si>
     <t>#59 Ronald Cruz - WLB</t>
   </si>
   <si>
     <t>#67 Travis Talley - RG</t>
   </si>
   <si>
     <t>#78 Jeffrey Estes - LT</t>
   </si>
   <si>
     <t>#85 Barry Wulf - TE</t>
   </si>
   <si>
     <t>#56 Dario Fernando Puebladura - MLB</t>
   </si>
@@ -953,69 +953,69 @@
   <si>
     <t>2-5-JOH 20 (15:00) 37-Brian Almanza ran to JOH 19 for 1 yards. Tackle by 40-Michael Gallegos. JOH 40-Michael Gallegos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>JOH 19</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-4-JOH 19 (14:18) 37-Brian Almanza ran to JOH 17 for 2 yards. Tackle by 23-Christopher Warden.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>JOH 17</t>
   </si>
   <si>
     <t>4-2-JOH 17 (13:34) 5-Michael Smith 35 yard field goal is GOOD. PRA 3 JOH 3</t>
   </si>
   <si>
-    <t>#6 Christopher Buser - QB</t>
+    <t>#16 Christopher Buser - QB</t>
   </si>
   <si>
     <t>#5 Michael Smith - K</t>
   </si>
   <si>
     <t>#89 Michael Canon - TE</t>
   </si>
   <si>
     <t>#54 Willis Fisher - SLB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>(13:31) 5-Michael Smith kicks 72 yards from PRA 35 to JOH -7. Touchback.</t>
   </si>
   <si>
-    <t>#86 David Minjares - WR</t>
+    <t>#83 David Minjares - WR</t>
   </si>
   <si>
     <t>1-10-JOH 25 (13:31) 3-Calvin Hill ran to JOH 29 for 4 yards. Tackle by 53-Phillip Brown.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>JOH 29</t>
   </si>
   <si>
     <t>2-6-JOH 29 (12:46) 3-Calvin Hill ran to JOH 40 for 11 yards. Tackle by 41-Michael Bullis.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-JOH 40 (12:09) 14-Donald Philips ran to JOH 47 for 7 yards. Tackle by 36-Brian Marsh.</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
@@ -1289,51 +1289,51 @@
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Michael Smith kicks 70 yards from PRA 35 to JOH -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-JOH 25 (15:00) 1-Nicholas Robicheaux pass complete to 3-Calvin Hill to JOH 28 for 3 yards. Tackle by 33-James Reiter.</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>2-7-JOH 28 (14:13) 1-Nicholas Robicheaux pass complete to 13-James Rogers to JOH 44 for 16 yards. Tackle by 41-Michael Bullis.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-JOH 44 (13:29) 1-Nicholas Robicheaux pass complete to 13-James Rogers to PRA 43 for 13 yards. Tackle by 98-John Fielder.</t>
   </si>
   <si>
-    <t>#97 John Jackson - WLB</t>
+    <t>#52 John Jackson - SLB</t>
   </si>
   <si>
     <t>#41 Dennis Myles - CB</t>
   </si>
   <si>
     <t>#30 Charles McNeill - FS</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PRA 43 (12:51) 3-Calvin Hill ran to PRA 40 for 3 yards. Tackle by 76-Albert Herbert.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>PRA 40</t>
   </si>
@@ -2165,51 +2165,51 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="300.784" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>