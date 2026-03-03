--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -287,123 +287,123 @@
   <si>
     <t>TOY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NSH</t>
   </si>
   <si>
     <t>NSH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Paul Wells kicks 68 yards from NSH 35 to TOY -3. 43-Frank King to TOY 33 for 36 yards. Tackle by 6-Paul Wells.</t>
   </si>
   <si>
     <t>#43 Frank King - RB</t>
   </si>
   <si>
     <t>#30 James Chamberlain - RB</t>
   </si>
   <si>
-    <t>#60 Thomas Schuman - LDE</t>
+    <t>#78 Thomas Schuman - LDE</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
-    <t>#63 Fabian Drake - DT</t>
+    <t>#56 Fabian Drake - DT</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>
   <si>
     <t>#2 Lupe Michael - SLB</t>
   </si>
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#52 Scott Sanford - DT</t>
   </si>
   <si>
     <t>#48 Mark Mora - SS</t>
   </si>
   <si>
     <t>#6 Paul Wells - K</t>
   </si>
   <si>
     <t>TOY</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>TOY 33</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-TOY 33 (14:55) 18-William Talbert pass complete to 4-Aaron Spivey to TOY 35 for 2 yards. Tackle by 95-Stuart Renfroe. NSH 36-Steve Dickerson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
-[...2 lines deleted...]
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#6 William Talbert - QB</t>
+  </si>
+  <si>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#32 Ruben Williams - FB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#84 Micheal Townsend - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#70 Cupun Siqiniq - LT</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
-    <t>#61 Ivan Hoffman - C</t>
+    <t>#54 Ivan Hoffman - C</t>
   </si>
   <si>
     <t>#54 Joe Robinson - RG</t>
   </si>
   <si>
     <t>#61 Christopher Swift - RT</t>
   </si>
   <si>
     <t>#92 Randall Murphy - LDE</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#90 William Russell - DT</t>
   </si>
   <si>
     <t>#53 Darren Malcolm - RDE</t>
   </si>
   <si>
     <t>#97 John Lowe - SLB</t>
   </si>
   <si>
     <t>#93 Noah Schaffer - MLB</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>#67 Robert Sotelo - LDE</t>
   </si>
   <si>
     <t>#69 Paul Messenger - DT</t>
   </si>
   <si>
     <t>#37 Arthur Parks - CB</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>TOY 36</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-7-TOY 36 (13:44) 32-Ruben Williams ran to TOY 47 for 11 yards. Tackle by 95-Stuart Renfroe. PENALTY - Holding (TOY 61-Ivan Hoffman)</t>
   </si>
   <si>
-    <t>#89 John Favors - WR</t>
+    <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#39 Lawrence Haley - CB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>TOY 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>3-17-TOY 26 (13:40) 18-William Talbert pass complete to 12-Flash Hayashi to TOY 30 for 4 yards. Tackle by 95-Stuart Renfroe. NSH 43-Charles McClain was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>TOY 30</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>#81 John Conner - WR</t>
   </si>
   <si>
     <t>#11 George Coronel - WR</t>
   </si>
   <si>
     <t>#92 Douglas Soto - FS</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>NSH 29</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-6-NSH 29 (10:18) 18-PtahSokar  Osiris pass INTERCEPTED by 36-Ernest Wright at NSH 32. 36-Ernest Wright to NSH 30 for 1 yards. Tackle by 23-Melvin Phillips.</t>
   </si>
   <si>
-    <t>#15 Freddie Kim - WR</t>
+    <t>#10 Freddie Kim - WR</t>
   </si>
   <si>
     <t>#7 Brice Melara - CB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>NSH 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NSH 30 (10:14) 18-William Talbert pass complete to 4-Aaron Spivey to NSH 27 for 3 yards. Tackle by 36-Steve Dickerson.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>NSH 27</t>
   </si>
@@ -1265,51 +1265,51 @@
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>TOY 4</t>
   </si>
   <si>
     <t>2-2-TOY 4 (1:14) 18-PtahSokar  Osiris pass incomplete, intended for 15-Freddie Kim.</t>
   </si>
   <si>
     <t>1:11</t>
   </si>
   <si>
     <t>3-2-TOY 4 (1:12) 18-PtahSokar  Osiris pass Pass knocked down by 26-James Shirley. incomplete, intended for 85-Allen White.</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>4-2-TOY 4 (1:09) 6-Paul Wells 22 yard field goal is GOOD. TOY 13 NSH 3</t>
   </si>
   <si>
     <t>#5 Brandon Graves - P</t>
   </si>
   <si>
-    <t>#73 Joseph Lindsey - RT</t>
+    <t>#73 Joseph Lindsey - C</t>
   </si>
   <si>
     <t>#50 Luka Prodan  - C</t>
   </si>
   <si>
     <t>#93 Don Roberge - LDE</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>(1:07) 6-Paul Wells kicks 74 yards from NSH 35 to TOY -9. Touchback.</t>
   </si>
   <si>
     <t>TOY 25</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TOY 25 (1:07) PENALTY - False Start (TOY 45-Albert Peebles)</t>
   </si>
   <si>
     <t>TOY 20</t>
   </si>
@@ -1601,51 +1601,51 @@
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>TOY 19</t>
   </si>
   <si>
     <t>2-11-TOY 19 (12:56) 18-William Talbert pass Pass knocked down by 93-Noah Schaffer. incomplete, intended for 88-George Treadwell. PENALTY - Pass Interference (NSH 93-Noah Schaffer)</t>
   </si>
   <si>
     <t>1-10-TOY 25 (12:53) 18-William Talbert pass complete to 12-Flash Hayashi to NSH 39 for 36 yards. Tackle by 93-Noah Schaffer.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>1-10-NSH 39 (12:04) 18-William Talbert pass complete to 88-George Treadwell to NSH 35 for 4 yards. Tackle by 37-Arthur Parks. Nice job by 88-George Treadwell on that route to lose his coverage.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>2-6-NSH 35 (11:19) 4-Aaron Spivey ran to NSH 35 for a short loss. Tackle by 4-James Johnson.</t>
   </si>
   <si>
-    <t>#4 James Johnson - SLB</t>
+    <t>#4 James Johnson - WLB</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>3-6-NSH 35 (10:45) 18-William Talbert pass complete to 4-Aaron Spivey to NSH 34 for 2 yards. Tackle by 97-John Lowe.</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>NSH 34</t>
   </si>
   <si>
     <t>4-5-NSH 34 (10:08) 5-Donald Johnson 51 yard field goal is GOOD. TOY 19 NSH 6</t>
   </si>
   <si>
     <t>(10:05) 5-Donald Johnson kicks 75 yards from TOY 35 to NSH -10. 31-Lee Becker to NSH 20 for 30 yards. Tackle by 36-Ernest Wright.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>NSH 20</t>
   </si>