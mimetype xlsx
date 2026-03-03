--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 16-Carlos Mills kicks 64 yards from VAN 35 to SJX 1. 46-Dominic Keller to SJX 18 for 17 yards. Tackle by 41-Daniel Chun.</t>
   </si>
   <si>
     <t>#46 Dominic Keller - RB</t>
   </si>
   <si>
     <t>#25 Aaron White - CB</t>
   </si>
   <si>
     <t>#71 Richard Gary - LDE</t>
   </si>
   <si>
     <t>#52 Raymond Young - WLB</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#60 William Joslin - RDE</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
     <t>#21 Xander Rojas - CB</t>
   </si>
   <si>
     <t>#32 Barry Griffin - CB</t>
   </si>
   <si>
     <t>#16 Carlos Mills - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>SJX 18</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
@@ -371,63 +371,63 @@
   <si>
     <t>#80 Michael Brown - WR</t>
   </si>
   <si>
     <t>#88 Steven Dunlop - WR</t>
   </si>
   <si>
     <t>#61 Brian Hill - LT</t>
   </si>
   <si>
     <t>#64 Jerry Hawkins - LG</t>
   </si>
   <si>
     <t>#74 Alan Durant - C</t>
   </si>
   <si>
     <t>#51 Pancake Jones - RG</t>
   </si>
   <si>
     <t>#62 Adrian Storey - RT</t>
   </si>
   <si>
     <t>#72 Charles Young - LDE</t>
   </si>
   <si>
-    <t>#54 Emilio Rogers - DT</t>
+    <t>#61 Emilio Rogers - DT</t>
   </si>
   <si>
     <t>#66 Jasper Stone - RDE</t>
   </si>
   <si>
-    <t>#53 Timothy Gray - SLB</t>
+    <t>#53 Timothy Gray - WLB</t>
   </si>
   <si>
     <t>#50 Randy Clementine - MLB</t>
   </si>
   <si>
-    <t>#51 Crash Brannigan - WLB</t>
+    <t>#51 Crash Brannigan - SLB</t>
   </si>
   <si>
     <t>#30 Douglas Lindsey - CB</t>
   </si>
   <si>
     <t>#43 Cecil Castillo - CB</t>
   </si>
   <si>
     <t>#39 Todd Wright - CB</t>
   </si>
   <si>
     <t>#47 Kevin Menard - SS</t>
   </si>
   <si>
     <t>#29 Biz Decker - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>SJX 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
@@ -464,57 +464,57 @@
   <si>
     <t>SJX 16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-SJX 16 (12:55) 16-William Maus punts 50 yards to VAN 34. 14-Robert Jones to SJX 48 for 18 yards.</t>
   </si>
   <si>
     <t>#16 William Maus - P</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#14 Robert Jones - WR</t>
   </si>
   <si>
     <t>#41 Daniel Chun - FS</t>
   </si>
   <si>
-    <t>#39 Sherwood Kruger - CB</t>
+    <t>#59 Sherwood Kruger - CB</t>
   </si>
   <si>
     <t>#59 Michael Sharp - RG</t>
   </si>
   <si>
-    <t>#73 Tommy Oldfield - LG</t>
+    <t>#73 Tommy Oldfield - LT</t>
   </si>
   <si>
     <t>#78 Peter Murray - DT</t>
   </si>
   <si>
     <t>#96 George Giese - LDE</t>
   </si>
   <si>
     <t>#70 Raymond Doughty - DT</t>
   </si>
   <si>
     <t>#58 Herbert Arnold - SLB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>SJX 48</t>
   </si>
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>VAN 41</t>
   </si>
   <si>
     <t>2-4-VAN 41 (1:40) 2-William Anderson pass Pass knocked down by 30-Douglas Lindsey. incomplete, intended for 11-George Moss.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>Singleback Slot Strong All Go</t>
   </si>
   <si>
     <t>3-4-VAN 41 (1:36) 2-William Anderson pass Pass knocked down by 47-Kevin Menard. incomplete, intended for 11-George Moss. Pressure by 77-Paul Barkley.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>4-4-VAN 41 (1:29) 15-Richard Reynolds 58 yard field goal is NO GOOD. (Short) PENALTY - Holding (SJX 74-Alan Durant) (Declined)</t>
   </si>
   <si>
-    <t>#15 Richard Reynolds - K</t>
+    <t>#2 Richard Reynolds - K</t>
   </si>
   <si>
     <t>#76 Orlando Zhou - RDE</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
     <t>VAN 48</t>
   </si>
   <si>
     <t>1-10-VAN 48 (1:25) 2-Glen Simonson pass complete to 27-Willis Santiago to SJX 44 for 8 yards. Tackle by 94-Michael Thomas. Pressure by 60-William Joslin.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>2-2-SJX 44 (1:19) 2-Glen Simonson pass complete to 14-Robert Jones to SJX 37 for 7 yards. Tackle by 21-Xander Rojas. PENALTY - Pass Interference (SJX 21-Xander Rojas) (Declined)</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
@@ -2318,52 +2318,52 @@
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>