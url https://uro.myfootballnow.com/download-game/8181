--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -281,126 +281,126 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TJN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Albert Vester kicks 74 yards from PHI 35 to TJN -9. Touchback.</t>
   </si>
   <si>
-    <t>#26 Cedric Jones - RB</t>
-[...11 lines deleted...]
-    <t>#83 Stephen Stokes - WR</t>
+    <t>#24 Cedric Jones - RB</t>
+  </si>
+  <si>
+    <t>#45 Floyd Brown - WLB</t>
+  </si>
+  <si>
+    <t>#39 David Smith - FS</t>
+  </si>
+  <si>
+    <t>#7 Nathan Kelson - FS</t>
+  </si>
+  <si>
+    <t>#40 Stephen Stokes - RB</t>
   </si>
   <si>
     <t>#47 Thad Aegis - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>#50 Clarence Grunewald - MLB</t>
   </si>
   <si>
     <t>#27 William Odle - CB</t>
   </si>
   <si>
     <t>#60 Matthew Abdullah - LT</t>
   </si>
   <si>
-    <t>#44 Thomas Najera - CB</t>
+    <t>#27 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#3 Albert Vester - K</t>
   </si>
   <si>
     <t>TJN</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TJN 25 (15:00) 15-Elvin Riffle pass complete to 85-Jake Wynter to TJN 27 for 2 yards. Tackle by 41-Gene Whaley.</t>
   </si>
   <si>
     <t>#15 Elvin Riffle - QB</t>
   </si>
   <si>
     <t>#22 Wayne Sesco - RB</t>
   </si>
   <si>
-    <t>#85 Jake Wynter - WR</t>
-[...11 lines deleted...]
-    <t>#76 James Hampton - C</t>
+    <t>#30 Jake Wynter - RB</t>
+  </si>
+  <si>
+    <t>#2 Walter Ray - WR</t>
+  </si>
+  <si>
+    <t>#79 John Williams - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Brown - LG</t>
+  </si>
+  <si>
+    <t>#70 James Hampton - LT</t>
   </si>
   <si>
     <t>#64 Bobby Johnson - RG</t>
   </si>
   <si>
-    <t>#70 Oscar Richards - RT</t>
+    <t>#74 Oscar Richards - RT</t>
   </si>
   <si>
     <t>#57 Matthew Pringle - LDE</t>
   </si>
   <si>
     <t>#53 Micah Simpson - DT</t>
   </si>
   <si>
     <t>#55 Glenn Orem - DT</t>
   </si>
   <si>
     <t>#74 Roland Wells - RDE</t>
   </si>
   <si>
     <t>#41 Gene Whaley - MLB</t>
   </si>
   <si>
     <t>#97 Arthur Hills - WLB</t>
   </si>
   <si>
     <t>#22 John McDonald - CB</t>
   </si>
   <si>
     <t>#40 Thomas Johnson - CB</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>3-8-TJN 27 (13:41) 15-Elvin Riffle pass incomplete, dropped by 85-Jake Wynter.</t>
   </si>
   <si>
     <t>#42 Terry Rose - FB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-TJN 27 (13:38) 1-Robert Messing punts 53 yards to PHI 20. Fair Catch by 26-Adam Reyes.</t>
   </si>
   <si>
     <t>#1 Robert Messing - P</t>
   </si>
   <si>
-    <t>#66 Donald Bernal - LT</t>
+    <t>#66 Donald Bernal - RT</t>
   </si>
   <si>
     <t>#26 Adam Reyes - RB</t>
   </si>
   <si>
     <t>#88 Thomas Kane - TE</t>
   </si>
   <si>
     <t>#98 Dale Belcher - LDE</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-PHI 20 (13:31) 10-Jose Dixon pass Pass knocked down by 53-Vern Ray. incomplete, intended for 87-Martin Valdez.</t>
   </si>
@@ -497,129 +497,129 @@
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#87 Martin Valdez - TE</t>
   </si>
   <si>
     <t>#33 Jeffrey Villanueva - RB</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#75 Patrick Kennedy - C</t>
   </si>
   <si>
-    <t>#73 Neil Montoya - RG</t>
+    <t>#4 Neil Montoya - RT</t>
   </si>
   <si>
     <t>#65 James Sammons - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#68 Chris Spencer - RDE</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
     <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
-    <t>#53 Vern Ray - WLB</t>
+    <t>#98 Vern Ray - WLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-PHI 20 (13:28) 34-Eric James ran to PHI 19 for -1 yards. Tackle by 75-Billy Sanders. 71-Craig Umstead was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#1 Stephen Sigel - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>PHI 19</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-11-PHI 19 (12:48) 10-Jose Dixon pass complete to 34-Eric James to PHI 21 for 1 yards. Tackle by 51-Thomas Smith.</t>
   </si>
   <si>
-    <t>#93 Thomas Smith - DT</t>
+    <t>#54 Thomas Smith - MLB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>PHI 21</t>
   </si>
   <si>
     <t>4-9-PHI 21 (12:10) 4-Francis Derrick punts 49 yards to TJN 31. 42-Terry Rose to TJN 35 for 5 yards. Tackle by 40-Thomas Johnson.</t>
   </si>
   <si>
     <t>#4 Francis Derrick - P</t>
   </si>
   <si>
     <t>#52 Troy Thorpe - LG</t>
   </si>
   <si>
-    <t>#78 Lee Rieke - RT</t>
+    <t>#78 Lee Rieke - LT</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>TJN 35</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-TJN 35 (12:02) 26-Cedric Jones ran to TJN 41 for 5 yards. Tackle by 41-Gene Whaley.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>TJN 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-5-TJN 41 (11:23) 26-Cedric Jones ran to TJN 50 for 9 yards. Tackle by 5-Casey Patterson.</t>
   </si>
@@ -1139,66 +1139,66 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-6-TJN 47 (2:16) 15-Elvin Riffle pass complete to 87-Patrick Hammock to TJN 50 for 3 yards. Tackle by 40-Thomas Johnson.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>4-2-TJN 50 (2:00) 1-Robert Messing punts 48 yards to PHI 2.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>PHI 2</t>
   </si>
   <si>
     <t>1-10-PHI 2 (1:52) 34-Eric James ran for -3 yards. Tackle by 32-Ernest Roache. SAFETY! (32-Ernest Roache) TJN 76-Walter Davenport was injured on the play. He looks like he should be able to return. TJN 2 PHI 0</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>(1:51) 3-Albert Vester kicks 72 yards from PHI 20 to TJN 8. 26-Cedric Jones to TJN 30 for 23 yards. Tackle by 31-Robert Salgado.</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>1-10-TJN 30 (1:47) 22-Wayne Sesco ran to TJN 38 for 8 yards. 22-Wayne Sesco FUMBLES (48-Larry Smith) recovered by PHI-15-Ronald Guillory at TJN 40. Tackle by 64-Bobby Johnson.</t>
   </si>
   <si>
-    <t>#93 Gregory Willison - SLB</t>
+    <t>#50 Gregory Willison - SLB</t>
   </si>
   <si>
     <t>#32 William Robinette - SS</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
     <t>1-10-TJN 40 (1:43) 10-Jose Dixon pass Pass knocked down by 47-Thad Aegis. incomplete, intended for 87-Martin Valdez.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-10-TJN 40 (1:40) 10-Jose Dixon pass complete to 87-Nicholas Hawkins to TJN 27 for 13 yards. Tackle by 47-Thad Aegis.</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>Timeout PHI</t>
   </si>
@@ -2154,51 +2154,51 @@
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>