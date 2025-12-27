--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Daniel Shoemaker kicks 70 yards from BAX 35 to GYQ -5. 6-Pedro Richardson to GYQ 23 for 29 yards. Tackle by 25-Timothy Bishop.</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#65 Lyle McPeak - LG</t>
   </si>
   <si>
     <t>#86 Carl Gabrielson - WR</t>
   </si>
   <si>
     <t>#74 Alejandro Aiello - C</t>
   </si>
   <si>
-    <t>#67 Bobby Jones - RT</t>
+    <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
     <t>#41 Jett Winslow - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
     <t>#87 Larry Plowman - TE</t>
   </si>
   <si>
     <t>#6 Daniel Shoemaker - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>14:55</t>
   </si>