--- v1 (2025-12-27)
+++ v2 (2026-03-03)
@@ -287,108 +287,108 @@
   <si>
     <t>GYQ has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BAX</t>
   </si>
   <si>
     <t>BAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Daniel Shoemaker kicks 70 yards from BAX 35 to GYQ -5. 6-Pedro Richardson to GYQ 23 for 29 yards. Tackle by 25-Timothy Bishop.</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
-    <t>#65 Lyle McPeak - LG</t>
+    <t>#65 Lyle McPeak - C</t>
   </si>
   <si>
     <t>#86 Carl Gabrielson - WR</t>
   </si>
   <si>
-    <t>#74 Alejandro Aiello - C</t>
+    <t>#74 Alejandro Aiello - RT</t>
   </si>
   <si>
     <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
     <t>#41 Jett Winslow - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - TE</t>
+    <t>#87 Larry Plowman - LT</t>
   </si>
   <si>
     <t>#6 Daniel Shoemaker - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>GYQ 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-GYQ 23 (14:56) 41-Jett Winslow ran to GYQ 26 for 2 yards. Tackle by 76-Clarence Carter.</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
-    <t>#59 Tre Springfield - LT</t>
+    <t>#58 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#1 Walter Lacroix - LDE</t>
   </si>
   <si>
     <t>#76 Clarence Carter - DT</t>
   </si>
   <si>
     <t>#71 Branden Morgan - DT</t>
   </si>
   <si>
     <t>#52 Harold Tyus - RDE</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-BAX 18 (9:48) 8-Ray Grant 37 yard field goal is GOOD. GYQ 3 BAX 0</t>
   </si>
   <si>
     <t>#8 Ray Grant - K</t>
   </si>
   <si>
     <t>#76 8 Piece Reynolds - RG</t>
   </si>
   <si>
     <t>#54 Javier Rodriguez - RT</t>
   </si>
   <si>
     <t>#64 Gary Morin - DT</t>
   </si>
   <si>
     <t>#62 Antonio Nunez - RT</t>
   </si>
   <si>
-    <t>#92 David Landau - RDE</t>
+    <t>#91 David Landau - RDE</t>
   </si>
   <si>
     <t>#70 Robert Molina - DT</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>GYQ 35</t>
   </si>
   <si>
     <t>(9:45) 8-Ray Grant kicks 75 yards from GYQ 35 to BAX -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Charles Ruiz - RB</t>
   </si>
   <si>
     <t>#26 Michael Overbeck - SS</t>
   </si>
   <si>
     <t>#56 William Ragland - DT</t>
   </si>
   <si>
     <t>BAX 25</t>
   </si>
@@ -641,102 +641,102 @@
   <si>
     <t>#65 Donald Marino - LT</t>
   </si>
   <si>
     <t>#63 Michael Potts - LG</t>
   </si>
   <si>
     <t>#73 Charles Delarosa - C</t>
   </si>
   <si>
     <t>#78 Daniel Reiter - RG</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>#66 Craig Lavalley - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
-    <t>#94 Phillip Snyder - RDE</t>
+    <t>#94 Phillip Snyder - MLB</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#20 Daniel Prince - CB</t>
   </si>
   <si>
     <t>#35 Rex Cruz - CB</t>
   </si>
   <si>
-    <t>#27 Dustin Sherrod - CB</t>
+    <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#28 William Cochrane - SS</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - FS</t>
+    <t>#2 Luis Daniels - RDE</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>BAX 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BAX 39 (8:59) 24-Sanford Norwood ran to BAX 46 for 8 yards. Tackle by 28-William Cochrane.</t>
   </si>
   <si>
     <t>#24 Sanford Norwood - RB</t>
   </si>
   <si>
     <t>#44 Tuilyn Bat Bökh - FB</t>
   </si>
   <si>
     <t>#13 Mac Daniels - TE</t>
   </si>
   <si>
     <t>#84 Charles Henderson - TE</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - SLB</t>
-[...2 lines deleted...]
-    <t>#56 Dwight Hearn - LDE</t>
+    <t>#1 Jonathan Reynolds - FS</t>
+  </si>
+  <si>
+    <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>BAX 46</t>
   </si>
   <si>
     <t>2-2-BAX 46 (8:24) 35-Charles Ruiz ran to BAX 41 for -5 yards. Tackle by 63-George Foley.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>BAX 41</t>
   </si>
   <si>
     <t>3-7-BAX 41 (7:41) 9-Thomas Gatto pass complete to 24-Sanford Norwood to GYQ 49 for 9 yards. Tackle by 94-Phillip Snyder. 94-Phillip Snyder got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:57</t>
   </si>
   <si>
     <t>GYQ 49</t>
   </si>
@@ -854,54 +854,54 @@
   <si>
     <t>GYQ 17</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-7-GYQ 17 (2:40) 24-Sanford Norwood ran to GYQ 13 for 3 yards. Tackle by 94-Phillip Snyder.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>GYQ 13</t>
   </si>
   <si>
     <t>4-3-GYQ 13 (2:02) 6-Daniel Shoemaker 31 yard field goal is GOOD. GYQ 3 BAX 3</t>
   </si>
   <si>
     <t>#53 Lewis Curran - LG</t>
   </si>
   <si>
     <t>#67 Lorenzo Conley - RG</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
-[...2 lines deleted...]
-    <t>#92 Robert Harmer - MLB</t>
+    <t>#72 William Zimmerman - C</t>
+  </si>
+  <si>
+    <t>#24 Robert Harmer - CB</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>(2:00) 6-Daniel Shoemaker kicks 75 yards from BAX 35 to GYQ -10. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (2:00) 3-Arthur Gayle pass complete to 6-Pedro Richardson to GYQ 37 for 12 yards. Tackle by 30-Darryl Sigmon.</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>GYQ 37</t>
   </si>
@@ -1511,51 +1511,51 @@
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>BAX 7</t>
   </si>
   <si>
     <t>1-10-BAX 7 (1:30) 35-Charles Ruiz ran to BAX 24 for 17 yards. Tackle by 35-Rex Cruz. GYQ 94-Phillip Snyder was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1-10-BAX 24 (0:49) 9-Thomas Gatto pass complete to 24-Sanford Norwood to BAX 26 for 2 yards. Tackle by 7-Thomas Lanham.</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>2-8-BAX 26 (0:12) 24-Sanford Norwood ran to BAX 31 for 5 yards. Tackle by 56-Dwight Hearn.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3-3-BAX 31 (15:00) 30-Gordon Anderson ran to BAX 32 for 1 yards. Tackle by 77-Andrew Hamner.</t>
   </si>
   <si>
-    <t>#30 Gordon Anderson - RB</t>
+    <t>#34 Gordon Anderson - RB</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>BAX 32</t>
   </si>
   <si>
     <t>4-2-BAX 32 (14:28) 2-Albert Dehart punts 53 yards to GYQ 15. 12-Boom Boom Boone to GYQ 28 for 13 yards. Tackle by 44-Tuilyn Bat Bökh.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>GYQ 28</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-GYQ 28 (14:19) 6-Pedro Richardson ran to GYQ 23 for -5 yards. Tackle by 1-Walter Lacroix.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
@@ -2175,90 +2175,90 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>