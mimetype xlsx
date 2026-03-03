--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -356,51 +356,51 @@
   <si>
     <t>#8 Robert Poirier - QB</t>
   </si>
   <si>
     <t>#47 Willie Webb - RB</t>
   </si>
   <si>
     <t>#80 Jeffrey Hoke - TE</t>
   </si>
   <si>
     <t>#49 Jimmy Norman - FB</t>
   </si>
   <si>
     <t>#81 Paul Yuen - WR</t>
   </si>
   <si>
     <t>#69 Harris Strain - LT</t>
   </si>
   <si>
     <t>#71 Joe Brown - LG</t>
   </si>
   <si>
     <t>#70 Carl Llewellyn - C</t>
   </si>
   <si>
-    <t>#78 Woodrow Breen - RG</t>
+    <t>#55 Woodrow Breen - RT</t>
   </si>
   <si>
     <t>#74 Mohammed Brawley - RT</t>
   </si>
   <si>
     <t>#61 Travis Wyman - LDE</t>
   </si>
   <si>
     <t>#54 David Mix - DT</t>
   </si>
   <si>
     <t>#96 Pedro Aznar - RDE</t>
   </si>
   <si>
     <t>#51 Charles Gibson - SLB</t>
   </si>
   <si>
     <t>#58 Larry Berry - MLB</t>
   </si>
   <si>
     <t>#48 Juan Antonio Ferreira - WLB</t>
   </si>
   <si>
     <t>#1 Alexander Rock - CB</t>
   </si>
@@ -491,99 +491,99 @@
   <si>
     <t>3-1-ROS 46 (12:32) 26-Leo Hall ran to ROS 47 for -2 yards. Tackle by 47-Randall Watts. 16-Albert Sutton completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#49 Steven Hatch - SS</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>ROS 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-ROS 47 (11:51) 15-Jason Ewing punts 37 yards to ROS 11. Fair Catch by 33-Eric Fitzgerald.</t>
   </si>
   <si>
     <t>#15 Jason Ewing - P</t>
   </si>
   <si>
-    <t>#33 Eric Fitzgerald - RB</t>
+    <t>#33 Eric Fitzgerald - FB</t>
   </si>
   <si>
     <t>#26 Ricardo Telaraño - FS</t>
   </si>
   <si>
     <t>#72 Richard Hiers - LT</t>
   </si>
   <si>
     <t>#58 Richard Clements - C</t>
   </si>
   <si>
-    <t>#65 Micheal Bunch - RT</t>
+    <t>#72 Micheal Bunch - LT</t>
   </si>
   <si>
     <t>#53 Douglas Lane - MLB</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>ROS 11</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-ROS 11 (11:45) 3-Robert Simpson pass Pass knocked down by 94-Wayne Sinclair. incomplete, intended for 10-Jerry Ramirez.</t>
   </si>
   <si>
     <t>#3 Robert Simpson - QB</t>
   </si>
   <si>
     <t>#10 Jerry Ramirez - RB</t>
   </si>
   <si>
     <t>#20 Antonio Friend - FB</t>
   </si>
   <si>
     <t>#80 Bobby Bryan - TE</t>
   </si>
   <si>
     <t>#84 John Moronta - WR</t>
   </si>
   <si>
-    <t>#12 Neil Scott - WR</t>
+    <t>#18 Neil Scott - WR</t>
   </si>
   <si>
     <t>#62 Remigio Pautasso - LT</t>
   </si>
   <si>
     <t>#88 Francis Barney - LG</t>
   </si>
   <si>
     <t>#75 Julio Cesar Baldivieso - C</t>
   </si>
   <si>
     <t>#69 Bill Minnich - RG</t>
   </si>
   <si>
     <t>#60 Lynn Sanchez - RT</t>
   </si>
   <si>
     <t>#99 Hyman Brown - DT</t>
   </si>
   <si>
     <t>#56 Paul Pitcher - DT</t>
   </si>
   <si>
     <t>#91 Robert Harris - SLB</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>Timeout BFD</t>
   </si>
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>ROS 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>2-9-ROS 33 (6:55) 47-Willie Webb ran to ROS 25 for 8 yards. Tackle by 47-Randall Watts. ROS 48-Juan Antonio Ferreira was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>ROS 25</t>
   </si>
   <si>
     <t>3-1-ROS 25 (6:14) 47-Willie Webb ran to ROS 22 for 3 yards. Tackle by 55-Warren Ashley.</t>
   </si>
   <si>
-    <t>#55 Warren Ashley - WLB</t>
+    <t>#55 Warren Ashley - MLB</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>ROS 22</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-ROS 22 (5:34) 8-Robert Poirier pass complete to 16-Albert Sutton to ROS 10 for 12 yards. Pushed out of bounds by 40-Richard Hurst.</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>ROS 10</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
@@ -785,69 +785,69 @@
   <si>
     <t>4:18</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-6-ROS 6 (4:19) 49-Jimmy Norman ran to ROS 3 for 3 yards. Tackle by 51-Charles Gibson.</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>ROS 3</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-ROS 3 (3:38) 4-Ralph Mason 21 yard field goal is GOOD. BFD 3 ROS 0</t>
   </si>
   <si>
-    <t>#4 Ralph Mason - K</t>
+    <t>#10 Ralph Mason - K</t>
   </si>
   <si>
     <t>#60 Donald Payeur - RT</t>
   </si>
   <si>
     <t>#73 Joe Marshall - LG</t>
   </si>
   <si>
     <t>#90 Porterhouse Prime - RDE</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>(3:36) 4-Ralph Mason kicks 74 yards from BFD 35 to ROS -9. Touchback.</t>
   </si>
   <si>
-    <t>#90 Justin Pooler - SLB</t>
+    <t>#50 Justin Pooler - SLB</t>
   </si>
   <si>
     <t>#97 William Birch - SLB</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-ROS 25 (3:36) 10-Jerry Ramirez ran to ROS 29 for 4 yards. Tackle by 91-Robert Harris.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>ROS 29</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-ROS 29 (2:59) 10-Jerry Ramirez ran to ROS 36 for 7 yards. 10-Jerry Ramirez FUMBLES (46-Milo Winter) recovered by BFD-46-Milo Winter at ROS 38. Tackle by 10-Jerry Ramirez.</t>
   </si>
@@ -995,51 +995,51 @@
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>ROS 15</t>
   </si>
   <si>
     <t>(11:20) Extra point GOOD by 4-Ralph Mason. BFD 10 ROS 0</t>
   </si>
   <si>
     <t>(11:20) 4-Ralph Mason kicks 64 yards from BFD 35 to ROS 1. 12-Neil Scott to ROS 21 for 21 yards. Tackle by 85-Roger Conway.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>ROS 21</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-ROS 21 (11:17) 3-Robert Simpson pass complete to 89-Anthony Salisbury to ROS 33 for 12 yards. Tackle by 94-Wayne Sinclair. Pressure by 61-Paul Mendoza.</t>
   </si>
   <si>
-    <t>#89 Anthony Salisbury - WR</t>
+    <t>#73 Anthony Salisbury - TE</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-ROS 33 (10:39) 3-Robert Simpson pass complete to 84-John Moronta to ROS 43 for 9 yards. Tackle by 46-Milo Winter. Great move by 84-John Moronta to get free of his coverage.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>2-1-ROS 43 (9:56) 3-Robert Simpson pass Pass knocked down by 91-Robert Harris. incomplete, intended for 80-Bobby Bryan.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>