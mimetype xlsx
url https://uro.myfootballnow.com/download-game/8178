--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -302,276 +302,276 @@
   <si>
     <t>(15:00) 14-Frank Hastings kicks 66 yards from SFX 35 to YKN -1. 15-Jason Gordon to YKN 24 for 25 yards. Tackle by 42-Nicolas Savage.</t>
   </si>
   <si>
     <t>#15 Jason Gordon - WR</t>
   </si>
   <si>
     <t>#93 Terry Tacklesworth - MLB</t>
   </si>
   <si>
     <t>#77 Mathew Fultz - RDE</t>
   </si>
   <si>
     <t>#73 Thomas McClendon - LDE</t>
   </si>
   <si>
     <t>#98 James Brown - MLB</t>
   </si>
   <si>
     <t>#58 Darryl Graham - WLB</t>
   </si>
   <si>
     <t>#54 Wayne Dietrich - RDE</t>
   </si>
   <si>
-    <t>#67 Mudslide Malone - DT</t>
+    <t>#90 Mudslide Malone - DT</t>
   </si>
   <si>
     <t>#95 James Saucier - SLB</t>
   </si>
   <si>
     <t>#66 Edward Ramirez - DT</t>
   </si>
   <si>
     <t>#71 Jose Desir - RDE</t>
   </si>
   <si>
     <t>#14 Frank Hastings - K</t>
   </si>
   <si>
     <t>YKN</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>YKN 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-YKN 24 (14:57) 4-Michael Taylor sacked at YKN 15 for -10 yards (99-Felix Hare). Sack allowed by 63-Robert Hunsaker. 63-Robert Hunsaker totally missed that block.</t>
   </si>
   <si>
-    <t>#4 Michael Taylor - QB</t>
+    <t>#10 Michael Taylor - QB</t>
   </si>
   <si>
     <t>#34 Benjamin Connolly - RB</t>
   </si>
   <si>
     <t>#32 Matthew Howard - RB</t>
   </si>
   <si>
     <t>#89 George May - WR</t>
   </si>
   <si>
     <t>#84 Michael Thomas - WR</t>
   </si>
   <si>
     <t>#81 Jesse Wilson - WR</t>
   </si>
   <si>
-    <t>#70 Kenneth McDonald - LT</t>
+    <t>#53 Kenneth McDonald - LT</t>
   </si>
   <si>
     <t>#51 James Carmichael - LG</t>
   </si>
   <si>
     <t>#61 Michael Tharp - C</t>
   </si>
   <si>
     <t>#63 Robert Hunsaker - RG</t>
   </si>
   <si>
     <t>#68 Jacob King - RT</t>
   </si>
   <si>
     <t>#99 Felix Hare - LDE</t>
   </si>
   <si>
     <t>#90 Anthony Parker - DT</t>
   </si>
   <si>
     <t>#58 Anthony Bruce - RDE</t>
   </si>
   <si>
     <t>#92 Thomas Corchado - SLB</t>
   </si>
   <si>
     <t>#57 Tyrone Wright - MLB</t>
   </si>
   <si>
-    <t>#54 D.D. Underwood - WLB</t>
+    <t>#50 D.D. Underwood - MLB</t>
   </si>
   <si>
     <t>#22 Danny Skates - CB</t>
   </si>
   <si>
     <t>#48 Howard Hawthorne - CB</t>
   </si>
   <si>
     <t>#38 Larry Cardona - SS</t>
   </si>
   <si>
     <t>#28 Roy Wall - SS</t>
   </si>
   <si>
     <t>#45 Miguel Jackson - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>YKN 15</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-20-YKN 15 (14:11) 4-Michael Taylor pass complete to 80-Thomas Johnson to YKN 24 for 10 yards. Tackle by 22-Danny Skates.</t>
   </si>
   <si>
-    <t>#24 James Harris - FB</t>
+    <t>#66 James Harris - LT</t>
   </si>
   <si>
     <t>#80 Thomas Johnson - TE</t>
   </si>
   <si>
     <t>#51 Eddie Kelly - LDE</t>
   </si>
   <si>
     <t>#91 Dirk Diggler - DT</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>3-10-YKN 24 (13:30) 4-Michael Taylor pass incomplete, dropped by 32-Matthew Howard. Pressure by 90-Anthony Parker. PENALTY - Holding (YKN 68-Jacob King) (Declined)</t>
   </si>
   <si>
     <t>#42 Nicolas Savage - FS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-YKN 24 (13:25) 10-James Smith punts 51 yards to SFX 24. 40-Damian Hopkins to SFX 26 for 1 yards. Tackle by 73-Thomas McClendon.</t>
   </si>
   <si>
     <t>#10 James Smith - P</t>
   </si>
   <si>
     <t>#78 Max Powers - RT</t>
   </si>
   <si>
     <t>#40 Damian Hopkins - RB</t>
   </si>
   <si>
     <t>#90 Edwin Miller - DT</t>
   </si>
   <si>
     <t>#93 Armando Rutherford - WLB</t>
   </si>
   <si>
-    <t>#72 William Moore - RDE</t>
+    <t>#96 William Moore - RDE</t>
   </si>
   <si>
     <t>#89 Drew Schwarz - TE</t>
   </si>
   <si>
     <t>#67 Michael Somers - RG</t>
   </si>
   <si>
-    <t>#50 Brandon Donovan - WLB</t>
+    <t>#58 Brandon Donovan - WLB</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>SFX 26</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-SFX 26 (13:17) 6-Lawrence Koehler pass complete to 82-Dan Paddock to SFX 30 for 4 yards. Tackle by 46-Kenneth Cramer.</t>
   </si>
   <si>
     <t>#6 Lawrence Koehler - QB</t>
   </si>
   <si>
     <t>#1 Alfonzo French - FB</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#82 Dan Paddock - WR</t>
   </si>
   <si>
     <t>#81 Darrell Bourdon - WR</t>
   </si>
   <si>
-    <t>#59 Basil Bennett - LT</t>
+    <t>#59 Basil Bennett - RT</t>
   </si>
   <si>
     <t>#69 Salvatore Williams - LG</t>
   </si>
   <si>
     <t>#60 Terrence Stringfield - C</t>
   </si>
   <si>
     <t>#70 Mickey Fisher - RG</t>
   </si>
   <si>
     <t>#79 Tommy Schreffler - RT</t>
   </si>
   <si>
     <t>#96 Jonathan Oja - WLB</t>
   </si>
   <si>
     <t>#46 Kenneth Cramer - CB</t>
   </si>
   <si>
-    <t>#28 Jimi Hendrix - CB</t>
+    <t>#22 Jimi Hendrix - CB</t>
   </si>
   <si>
     <t>#37 Theodore Rhee - FS</t>
   </si>
   <si>
     <t>#39 Larry Robertson - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>SFX 30</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-6-SFX 30 (12:42) 6-Lawrence Koehler pass complete to 40-Damian Hopkins to SFX 35 for 5 yards. Tackle by 98-James Brown.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
@@ -686,72 +686,72 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-SFX 27 (9:21) 6-Lawrence Koehler pass complete to 88-Napoleon Kirk to SFX 36 for 10 yards. Tackle by 28-Jimi Hendrix.</t>
   </si>
   <si>
     <t>#11 Jeffrey Menchaca - RB</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>SFX 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>3-1-SFX 36 (8:37) 40-Damian Hopkins ran to SFX 36 for a short gain. Tackle by 95-James Saucier.</t>
   </si>
   <si>
-    <t>#80 Douglas Thompson - TE</t>
+    <t>#76 Douglas Thompson - RG</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>4-1-SFX 36 (7:53) 15-Gerald Holliday punts 44 yards to YKN 20. 15-Jason Gordon to YKN 22 for 2 yards. Tackle by 57-Tyrone Wright.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-YKN 22 (7:44) 4-Michael Taylor pass Pass knocked down by 56-Christopher Butler. incomplete, intended for 80-Thomas Johnson. Pressure by 58-Anthony Bruce. SFX 90-Anthony Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#56 Christopher Butler - MLB</t>
+    <t>#59 Christopher Butler - MLB</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-YKN 22 (7:41) 4-Michael Taylor pass Pass knocked down by 57-Tyrone Wright. incomplete, intended for 80-Thomas Johnson. 48-Howard Hawthorne got away with a hold on that play. Pressure by 99-Felix Hare.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>3-10-YKN 22 (7:37) 4-Michael Taylor pass complete to 80-Thomas Johnson to YKN 34 for 12 yards. Tackle by 57-Tyrone Wright.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>YKN 34</t>
   </si>