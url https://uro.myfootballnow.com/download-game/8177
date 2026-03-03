--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -335,60 +335,60 @@
   <si>
     <t>#53 Eugene Ellison - WLB</t>
   </si>
   <si>
     <t>#8 Dick Sullivan - K</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>MCX 19</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-MCX 19 (14:57) 4-Austin Gates ran to MCX 21 for 2 yards. Tackle by 71-Joseph Allen.</t>
   </si>
   <si>
-    <t>#13 Daniel Daulton - QB</t>
-[...2 lines deleted...]
-    <t>#4 Austin Gates - RB</t>
+    <t>#9 Daniel Daulton - QB</t>
+  </si>
+  <si>
+    <t>#47 Austin Gates - RB</t>
   </si>
   <si>
     <t>#45 Isaac Garcia - FB</t>
   </si>
   <si>
-    <t>#86 Johnnie Barry - TE</t>
+    <t>#83 Johnnie Barry - TE</t>
   </si>
   <si>
     <t>#87 Herman Wilson - WR</t>
   </si>
   <si>
     <t>#82 James Coomer - WR</t>
   </si>
   <si>
     <t>#60 Miguel Jimerson - LT</t>
   </si>
   <si>
     <t>#62 Danny Kennedy - LG</t>
   </si>
   <si>
     <t>#71 Drive Matthews - C</t>
   </si>
   <si>
     <t>#61 Willie Hill - RG</t>
   </si>
   <si>
     <t>#70 Lucas Petrucci - RT</t>
   </si>
   <si>
     <t>#64 Hector Soto - LDE</t>
   </si>
@@ -398,51 +398,51 @@
   <si>
     <t>#70 John Walters - DT</t>
   </si>
   <si>
     <t>#91 Ramon Barna - RDE</t>
   </si>
   <si>
     <t>#20 John Allaire - SLB</t>
   </si>
   <si>
     <t>#71 Joseph Allen - MLB</t>
   </si>
   <si>
     <t>#90 Raymond Singleton - WLB</t>
   </si>
   <si>
     <t>#27 John Campbell - CB</t>
   </si>
   <si>
     <t>#46 Adrian Wilson - CB</t>
   </si>
   <si>
     <t>#1 Hassan McMillian - SS</t>
   </si>
   <si>
-    <t>#48 Robert Loomis - SS</t>
+    <t>#48 Robert Loomis - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>MCX 21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-8-MCX 21 (14:16) 13-Daniel Daulton pass Pass knocked down by 46-Adrian Wilson. incomplete, intended for 8-James Coomer.</t>
   </si>
   <si>
     <t>#81 Henry McCants - WR</t>
   </si>
   <si>
     <t>#22 Tolo Gallego - FS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>#58 Michael Johnson - LG</t>
   </si>
   <si>
     <t>#73 Derek Bogan - C</t>
   </si>
   <si>
     <t>#2 Ronald Smith - RG</t>
   </si>
   <si>
     <t>#57 James Reese - RT</t>
   </si>
   <si>
     <t>#58 Patrick Johnson - LDE</t>
   </si>
   <si>
     <t>#90 Michael Esposito - SLB</t>
   </si>
   <si>
     <t>#93 Jamie Barrett - WLB</t>
   </si>
   <si>
     <t>#24 George Moro - CB</t>
   </si>
   <si>
-    <t>#46 James Long - CB</t>
+    <t>#22 James Long - CB</t>
   </si>
   <si>
     <t>#39 Brian Kinney - SS</t>
   </si>
   <si>
     <t>#22 William Howard - FS</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>HAV 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-4-HAV 12 (8:45) 49-James Hodge ran to HAV 27 for 14 yards. Tackle by 39-Brian Kinney.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>#29 Ryan Rotz - RB</t>
   </si>
   <si>
     <t>#11 Vicente Walsh - WR</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>MCX 35</t>
   </si>
   <si>
     <t>1-10-MCX 35 (6:33) 10-Zapata Alvarez ran to MCX 27 for 9 yards. 10-Zapata Alvarez slides to avoid being hit. HAV 73-Derek Bogan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#42 Nacho Fernandez - RB</t>
   </si>
   <si>
     <t>#33 Walter Hathaway - FB</t>
   </si>
   <si>
     <t>#85 John Perez - TE</t>
   </si>
   <si>
-    <t>#84 Robert Jeffers - WR</t>
+    <t>#83 Robert Jeffers - WR</t>
   </si>
   <si>
     <t>#38 Antone Longacre - CB</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>MCX 27</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-MCX 27 (5:50) 26-John Ploof ran to MCX 28 for -1 yards. Tackle by 90-Michael Esposito.</t>
   </si>
   <si>
     <t>#52 Ricardo Rojas - RG</t>
   </si>
   <si>
     <t>#92 Anthony Young - MLB</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>1-10-HAV 31 (0:53) 43-Kristopher Bradshaw ran to HAV 29 for 3 yards. Tackle by 71-Joseph Allen.</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>HAV 29</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-7-HAV 29 (0:12) 13-Daniel Daulton pass incomplete, intended for 87-Herman Wilson. MCX 71-Drive Matthews was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>3-7-HAV 29 (0:09) 13-Daniel Daulton pass complete to 87-Herman Wilson to HAV 29 for a short gain. Tackle by 27-John Campbell.</t>
   </si>
   <si>
-    <t>#55 Rogelio Sanders - C</t>
+    <t>#72 Rogelio Sanders - C</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>4-7-HAV 29 (15:00) 8-George Harris 46 yard field goal is GOOD. HAV 3 MCX 3</t>
   </si>
   <si>
     <t>#6 Sidney Thompson - QB</t>
   </si>
   <si>
     <t>#8 George Harris - K</t>
   </si>
   <si>
     <t>#66 Jacob Hunt - LT</t>
   </si>
   <si>
     <t>#75 Glenn Lewis - RG</t>
   </si>
   <si>
     <t>#51 Toby Perna - RG</t>
   </si>