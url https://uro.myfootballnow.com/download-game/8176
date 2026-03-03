--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -290,105 +290,105 @@
   <si>
     <t>BZV</t>
   </si>
   <si>
     <t>BZV 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Norberto Moore kicks 71 yards from BZV 35 to LGS -6. Touchback.</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#92 Edward Yarborough - LDE</t>
   </si>
   <si>
-    <t>#97 John Staples - RDE</t>
+    <t>#58 John Staples - MLB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
-    <t>#22 Terrance  Swanson - SS</t>
-[...2 lines deleted...]
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#22 Terrance  Swanson - CB</t>
+  </si>
+  <si>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#7 Norberto Moore - K</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-LGS 25 (15:00) 7-Lawrence Knowles ran to LGS 25 for a short gain. Tackle by 65-Peter Moses.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#83 Lewis Taylor - TE</t>
   </si>
   <si>
     <t>#84 Barry Sayre - TE</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#78 Garrett Tanner - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#79 Miles C. Booker - LDE</t>
   </si>
   <si>
     <t>#65 Peter Moses - RDE</t>
   </si>
   <si>
     <t>#90 David Hussey - DT</t>
   </si>
   <si>
     <t>#55 Felipe Candelaria - DT</t>
   </si>
   <si>
     <t>#66 Ricky Steamboat - RDE</t>
   </si>
@@ -548,90 +548,90 @@
   <si>
     <t>#93 Herb McNatt - DT</t>
   </si>
   <si>
     <t>(11:25) 9-Paul Groves kicks 69 yards from LGS 35 to BZV -4. Touchback.</t>
   </si>
   <si>
     <t>#35 Trevor Parker - RB</t>
   </si>
   <si>
     <t>BZV 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-BZV 25 (11:25) 19-William Nations pass Pass knocked down by 52-James Cassette. incomplete, intended for 27-George Burnam.</t>
   </si>
   <si>
     <t>#19 William Nations - QB</t>
   </si>
   <si>
     <t>#27 George Burnam - RB</t>
   </si>
   <si>
-    <t>#87 Robert Jennings - TE</t>
+    <t>#85 Robert Jennings - TE</t>
   </si>
   <si>
     <t>#31 Ronald Little - WR</t>
   </si>
   <si>
     <t>#81 Kyle Franklin - WR</t>
   </si>
   <si>
     <t>#87 Matthew Silva - WR</t>
   </si>
   <si>
     <t>#75 Edward Jones - LT</t>
   </si>
   <si>
     <t>#50 Brian Farnsworth - LG</t>
   </si>
   <si>
     <t>#69 Larry Lopez - C</t>
   </si>
   <si>
     <t>#71 David Long - RG</t>
   </si>
   <si>
     <t>#72 Willie Sadler - RT</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-10-BZV 25 (11:22) 19-William Nations pass complete to 87-Matthew Silva to BZV 29 for 4 yards. Tackle by 21-Bingo Harris. PENALTY - Pass Interference (LGS 21-Bingo Harris)</t>
   </si>
   <si>
     <t>#45 Travis McClusky - FB</t>
   </si>
@@ -1139,51 +1139,51 @@
   <si>
     <t>2-10-LGS 28 (4:29) 19-William Nations pass incomplete, intended for 35-Trevor Parker. 50-Christian Hinkley got away with a hold on that play.</t>
   </si>
   <si>
     <t>#41 Alfredo Ketcham - RB</t>
   </si>
   <si>
     <t>#46 Casey Kirkland - SS</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>3-10-LGS 28 (4:24) 19-William Nations pass complete to 81-Kyle Franklin to LGS 22 for 7 yards. Tackle by 21-Bingo Harris.</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>LGS 22</t>
   </si>
   <si>
     <t>4-3-LGS 22 (3:42) 7-Norberto Moore 40 yard field goal is GOOD. LGS 17 BZV 3</t>
   </si>
   <si>
-    <t>#8 Robert Dupuy - QB</t>
+    <t>#8 Robert Dupuy - RB</t>
   </si>
   <si>
     <t>#73 Carlos Guin - RT</t>
   </si>
   <si>
     <t>#95 Dean Norman - DT</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>(3:39) 7-Norberto Moore kicks 75 yards from BZV 35 to LGS -10. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (3:39) 7-Lawrence Knowles ran to LGS 26 for 1 yards. Tackle by 32-Ralph Havens.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>2-9-LGS 26 (2:56) 26-Steven Long ran to LGS 37 for 11 yards. Tackle by 32-Ralph Havens.</t>
   </si>
@@ -2171,51 +2171,51 @@
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>