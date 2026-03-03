--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -299,93 +299,93 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Albert Vester kicks 74 yards from PHI 35 to MCX -9. Touchback.</t>
   </si>
   <si>
     <t>#25 Bret Brown - RB</t>
   </si>
   <si>
     <t>#52 Darrell Greenleaf - SLB</t>
   </si>
   <si>
     <t>#27 Larry McAlpine - FS</t>
   </si>
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#44 Richard Booker - SS</t>
   </si>
   <si>
     <t>#54 Richard Hunt - MLB</t>
   </si>
   <si>
-    <t>#30 Gordon Anderson - RB</t>
+    <t>#34 Gordon Anderson - RB</t>
   </si>
   <si>
     <t>#98 Scott Vargas - DT</t>
   </si>
   <si>
     <t>#99 Puma Vicioso - MLB</t>
   </si>
   <si>
     <t>#73 John Camden - RDE</t>
   </si>
   <si>
     <t>#53 Eugene Ellison - WLB</t>
   </si>
   <si>
     <t>#3 Albert Vester - K</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>MCX 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MCX 25 (15:00) 25-Bret Brown ran to MCX 31 for 6 yards. Tackle by 7-Paul Walker.</t>
   </si>
   <si>
-    <t>#13 Daniel Daulton - QB</t>
+    <t>#9 Daniel Daulton - QB</t>
   </si>
   <si>
     <t>#80 James Mears - TE</t>
   </si>
   <si>
     <t>#45 Isaac Garcia - FB</t>
   </si>
   <si>
-    <t>#86 Johnnie Barry - TE</t>
+    <t>#83 Johnnie Barry - TE</t>
   </si>
   <si>
     <t>#84 Fred  Flintstone - TE</t>
   </si>
   <si>
     <t>#60 Miguel Jimerson - LT</t>
   </si>
   <si>
     <t>#62 Danny Kennedy - LG</t>
   </si>
   <si>
     <t>#71 Drive Matthews - C</t>
   </si>
   <si>
     <t>#61 Willie Hill - RG</t>
   </si>
   <si>
     <t>#64 Chalca Temple - RT</t>
   </si>
   <si>
     <t>#57 Matthew Pringle - LDE</t>
   </si>
   <si>
     <t>#98 Dale Belcher - LDE</t>
   </si>
@@ -488,60 +488,60 @@
   <si>
     <t>PHI 26</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 26 (12:53) 25-Bret Brown ran to PHI 17 for 9 yards. Tackle by 5-Casey Patterson.</t>
   </si>
   <si>
     <t>#86 Gary Rock - WR</t>
   </si>
   <si>
     <t>#66 Jacob Hunt - LT</t>
   </si>
   <si>
     <t>#63 Billy Grey - LG</t>
   </si>
   <si>
     <t>#70 Lucas Petrucci - RT</t>
   </si>
   <si>
-    <t>#55 Rogelio Sanders - C</t>
+    <t>#72 Rogelio Sanders - C</t>
   </si>
   <si>
     <t>#70 Ramon Niles - DT</t>
   </si>
   <si>
     <t>#64 Craig Sommers - RDE</t>
   </si>
   <si>
-    <t>#93 Gregory Willison - SLB</t>
+    <t>#50 Gregory Willison - SLB</t>
   </si>
   <si>
     <t>#15 Ronald Guillory - CB</t>
   </si>
   <si>
     <t>#42 John Mackey - CB</t>
   </si>
   <si>
     <t>#32 William Robinette - SS</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>PHI 17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-1-PHI 17 (12:18) 25-Bret Brown ran to PHI 14 for 3 yards. Tackle by 48-Larry Smith.</t>
   </si>
@@ -641,96 +641,96 @@
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#89 William Lee - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#75 Patrick Kennedy - C</t>
   </si>
   <si>
-    <t>#73 Neil Montoya - RG</t>
+    <t>#4 Neil Montoya - RT</t>
   </si>
   <si>
     <t>#65 James Sammons - RT</t>
   </si>
   <si>
     <t>#58 Patrick Johnson - LDE</t>
   </si>
   <si>
     <t>#93 Jamie Barrett - WLB</t>
   </si>
   <si>
     <t>#24 George Moro - CB</t>
   </si>
   <si>
-    <t>#46 James Long - CB</t>
+    <t>#22 James Long - CB</t>
   </si>
   <si>
     <t>#38 Antone Longacre - CB</t>
   </si>
   <si>
     <t>#39 Brian Kinney - SS</t>
   </si>
   <si>
     <t>#22 William Howard - FS</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>MCX 15</t>
   </si>
   <si>
     <t>(9:51) Extra point GOOD by 3-Albert Vester. PHI 7 MCX 3</t>
   </si>
   <si>
     <t>#17 Robert White - QB</t>
   </si>
   <si>
     <t>#52 Troy Thorpe - LG</t>
   </si>
   <si>
     <t>#33 Jeffrey Villanueva - RB</t>
   </si>
   <si>
-    <t>#78 Lee Rieke - RT</t>
+    <t>#78 Lee Rieke - LT</t>
   </si>
   <si>
     <t>#74 Thomas Perry - DT</t>
   </si>
   <si>
     <t>#69 Scott Birkland - RDE</t>
   </si>
   <si>
     <t>#77 Joseph Childress - LDE</t>
   </si>
   <si>
     <t>(9:51) 3-Albert Vester kicks 73 yards from PHI 35 to MCX -8. 25-Bret Brown to MCX 27 for 35 yards. Tackle by 55-Glenn Orem. MCX 54-Richard Hunt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>MCX 27</t>
   </si>
   <si>
     <t>1-10-MCX 27 (9:45) 43-Kristopher Bradshaw ran to MCX 40 for 13 yards. Tackle by 22-John McDonald.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
@@ -2239,51 +2239,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="270.077" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>