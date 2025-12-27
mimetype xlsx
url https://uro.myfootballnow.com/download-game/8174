--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -371,51 +371,51 @@
   <si>
     <t>#51 Russell Cruz - LT</t>
   </si>
   <si>
     <t>#64 Evan Heard - LG</t>
   </si>
   <si>
     <t>#78 Gregory Stephens - C</t>
   </si>
   <si>
     <t>#73 Charles McBride - RG</t>
   </si>
   <si>
     <t>#63 David Morris - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#68 Chris Spencer - RDE</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
-    <t>#91 George Ward - DT</t>
+    <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
     <t>#50 Clarence Grunewald - MLB</t>
   </si>
   <si>
     <t>#53 Vern Ray - WLB</t>
   </si>
   <si>
     <t>#44 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#47 Thad Aegis - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
@@ -491,66 +491,66 @@
   <si>
     <t>TJN 30</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>1-10-TJN 30 (12:47) 4-David Nowell pass complete to 32-Esteban Cunningham to TJN 27 for 3 yards. Tackle by 44-Thomas Najera.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>TJN 27</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-7-TJN 27 (12:10) 4-David Nowell pass Pass knocked down by 32-Ernest Roache. incomplete, intended for 16-Maynard Holmes.</t>
   </si>
   <si>
-    <t>#51 Thomas Smith - MLB</t>
+    <t>#93 Thomas Smith - DT</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-7-TJN 27 (12:07) 4-David Nowell pass complete to 46-Jeffrey Lett to TJN 18 for 9 yards. Tackle by 47-Thad Aegis.</t>
   </si>
   <si>
-    <t>#11 Tadej Pogacar - WR</t>
+    <t>#1 Tadej Pogacar - RB</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>TJN 18</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 18 (11:28) 4-David Nowell pass complete to 86-William Smith to TJN 5 for 13 yards. Tackle by 7-Nathan Kelson.</t>
   </si>
   <si>
     <t>#29 Nicholas Fox - WLB</t>
   </si>
   <si>
     <t>#7 Nathan Kelson - CB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>#52 Timothy Sanchez - WLB</t>
   </si>
   <si>
     <t>#49 James Pierce - CB</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>TJN 17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-18-TJN 17 (9:32) 15-Elvin Riffle pass Pass knocked down by 55-Ronald Knight. incomplete, intended for 26-Cedric Jones.</t>
   </si>
   <si>
     <t>#22 Wayne Sesco - RB</t>
   </si>
   <si>
-    <t>#2 Walter Ray - WR</t>
+    <t>#2 Walter Ray - RB</t>
   </si>
   <si>
     <t>#37 Curtis Oconnor - FS</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-18-TJN 17 (9:28) 15-Elvin Riffle pass complete to 26-Cedric Jones to TJN 25 for 8 yards. Tackle by 91-Samuel Morgan.</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-TJN 25 (8:53) 1-Robert Messing punts 46 yards to QUE 29. 24-Michael Perez to QUE 36 for 8 yards. Tackle by 7-Nathan Kelson.</t>
   </si>
@@ -1658,51 +1658,51 @@
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>3-9-QUE 16 (7:47) 4-David Nowell pass incomplete, intended for 32-Esteban Cunningham.</t>
   </si>
   <si>
     <t>4-9-QUE 16 (7:45) 15-William Blount punts 47 yards to TJN 36. 42-Terry Rose to TJN 44 for 8 yards. Tackle by 30-Richard Mascarenas.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>TJN 44</t>
   </si>
   <si>
     <t>1-10-TJN 44 (7:37) 26-Cedric Jones ran to QUE 47 for 8 yards. Tackle by 39-Robert Attwood. TJN 70-Oscar Richards was injured on the play.</t>
   </si>
   <si>
     <t>QUE 47</t>
   </si>
   <si>
     <t>2-2-QUE 47 (7:01) 22-Wayne Sesco ran to QUE 43 for 5 yards. Tackle by 30-Richard Mascarenas.</t>
   </si>
   <si>
-    <t>#59 Arthur Carter - RT</t>
+    <t>#59 Arthur Carter - LG</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>QUE 43</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>1-10-QUE 43 (6:25) 22-Wayne Sesco ran to QUE 45 for -3 yards. Tackle by 72-Paul Burkett.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>QUE 45</t>
   </si>
   <si>
     <t>2-13-QUE 45 (5:47) 15-Elvin Riffle pass complete to 26-Cedric Jones to QUE 42 for 3 yards. Tackle by 52-Timothy Sanchez.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>