--- v1 (2025-12-27)
+++ v2 (2026-03-03)
@@ -383,195 +383,195 @@
   <si>
     <t>#63 David Morris - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#68 Chris Spencer - RDE</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
     <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
     <t>#50 Clarence Grunewald - MLB</t>
   </si>
   <si>
-    <t>#53 Vern Ray - WLB</t>
-[...2 lines deleted...]
-    <t>#44 Thomas Najera - CB</t>
+    <t>#98 Vern Ray - WLB</t>
+  </si>
+  <si>
+    <t>#27 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#47 Thad Aegis - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>QUE 26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-QUE 26 (14:18) 24-Michael Perez ran to QUE 37 for 10 yards. Tackle by 45-Floyd Brown.</t>
   </si>
   <si>
     <t>#82 Matt Williams - WR</t>
   </si>
   <si>
     <t>#16 Maynard Holmes - WR</t>
   </si>
   <si>
     <t>#10 Keith Cortez - WR</t>
   </si>
   <si>
-    <t>#33 David Smith - CB</t>
-[...2 lines deleted...]
-    <t>#45 Floyd Brown - FS</t>
+    <t>#39 David Smith - FS</t>
+  </si>
+  <si>
+    <t>#45 Floyd Brown - WLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>QUE 37</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-QUE 37 (13:36) 24-Michael Perez ran to QUE 46 for 9 yards. Tackle by 38-Terry Driscoll. QUE 78-Gregory Stephens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>QUE 46</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>2-1-QUE 46 (12:51) 4-David Nowell pass complete to 46-Jeffrey Lett to TJN 45 for 9 yards. Tackle by 32-Ernest Roache. PENALTY - Facemask (TJN 53-Vern Ray)</t>
   </si>
   <si>
     <t>#56 Michael Robinson - C</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>#27 William Odle - CB</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>TJN 30</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>1-10-TJN 30 (12:47) 4-David Nowell pass complete to 32-Esteban Cunningham to TJN 27 for 3 yards. Tackle by 44-Thomas Najera.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>TJN 27</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-7-TJN 27 (12:10) 4-David Nowell pass Pass knocked down by 32-Ernest Roache. incomplete, intended for 16-Maynard Holmes.</t>
   </si>
   <si>
-    <t>#93 Thomas Smith - DT</t>
+    <t>#54 Thomas Smith - MLB</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-7-TJN 27 (12:07) 4-David Nowell pass complete to 46-Jeffrey Lett to TJN 18 for 9 yards. Tackle by 47-Thad Aegis.</t>
   </si>
   <si>
     <t>#1 Tadej Pogacar - RB</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>TJN 18</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 18 (11:28) 4-David Nowell pass complete to 86-William Smith to TJN 5 for 13 yards. Tackle by 7-Nathan Kelson.</t>
   </si>
   <si>
     <t>#29 Nicholas Fox - WLB</t>
   </si>
   <si>
-    <t>#7 Nathan Kelson - CB</t>
+    <t>#7 Nathan Kelson - FS</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>TJN 5</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-5-TJN 5 (10:49) 32-Esteban Cunningham ran to TJN 1 for 4 yards. Tackle by 11-Robert Chapa.</t>
   </si>
   <si>
     <t>#83 Jean Garrett - WR</t>
   </si>
   <si>
     <t>#11 Robert Chapa - CB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
@@ -599,165 +599,165 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:07) Extra point GOOD by 12-Victor Henkel. QUE 7 TJN 0</t>
   </si>
   <si>
     <t>#12 Victor Henkel - K</t>
   </si>
   <si>
     <t>#57 Jonas Vinegaard - LG</t>
   </si>
   <si>
     <t>#79 Kelly Terrell - C</t>
   </si>
   <si>
     <t>#60 Brian Wilson - RT</t>
   </si>
   <si>
     <t>#68 James Valente - RT</t>
   </si>
   <si>
-    <t>#26 Cedric Jones - RB</t>
-[...2 lines deleted...]
-    <t>#83 Stephen Stokes - WR</t>
+    <t>#24 Cedric Jones - RB</t>
+  </si>
+  <si>
+    <t>#40 Stephen Stokes - RB</t>
   </si>
   <si>
     <t>QUE 35</t>
   </si>
   <si>
     <t>(10:07) 12-Victor Henkel kicks 75 yards from QUE 35 to TJN -10. Touchback.</t>
   </si>
   <si>
     <t>#60 Matthew Abdullah - LT</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 25 (10:07) 15-Elvin Riffle sacked at TJN 17 for -8 yards (72-Paul Burkett)</t>
   </si>
   <si>
     <t>#15 Elvin Riffle - QB</t>
   </si>
   <si>
     <t>#42 Terry Rose - FB</t>
   </si>
   <si>
     <t>#87 Patrick Hammock - TE</t>
   </si>
   <si>
-    <t>#85 Jake Wynter - WR</t>
-[...8 lines deleted...]
-    <t>#76 James Hampton - C</t>
+    <t>#30 Jake Wynter - RB</t>
+  </si>
+  <si>
+    <t>#79 John Williams - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Brown - LG</t>
+  </si>
+  <si>
+    <t>#70 James Hampton - LT</t>
   </si>
   <si>
     <t>#64 Bobby Johnson - RG</t>
   </si>
   <si>
-    <t>#70 Oscar Richards - RT</t>
+    <t>#74 Oscar Richards - RT</t>
   </si>
   <si>
     <t>#72 Paul Burkett - LDE</t>
   </si>
   <si>
     <t>#67 Henry Mask - DT</t>
   </si>
   <si>
     <t>#52 Timothy Sanchez - WLB</t>
   </si>
   <si>
     <t>#49 James Pierce - CB</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>TJN 17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-18-TJN 17 (9:32) 15-Elvin Riffle pass Pass knocked down by 55-Ronald Knight. incomplete, intended for 26-Cedric Jones.</t>
   </si>
   <si>
     <t>#22 Wayne Sesco - RB</t>
   </si>
   <si>
-    <t>#2 Walter Ray - RB</t>
+    <t>#2 Walter Ray - WR</t>
   </si>
   <si>
     <t>#37 Curtis Oconnor - FS</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-18-TJN 17 (9:28) 15-Elvin Riffle pass complete to 26-Cedric Jones to TJN 25 for 8 yards. Tackle by 91-Samuel Morgan.</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-TJN 25 (8:53) 1-Robert Messing punts 46 yards to QUE 29. 24-Michael Perez to QUE 36 for 8 yards. Tackle by 7-Nathan Kelson.</t>
   </si>
   <si>
     <t>#1 Robert Messing - P</t>
   </si>
   <si>
-    <t>#66 Donald Bernal - LT</t>
+    <t>#66 Donald Bernal - RT</t>
   </si>
   <si>
     <t>#88 Thomas Kane - TE</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>QUE 36</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-QUE 36 (8:44) 24-Michael Perez ran to QUE 38 for 1 yards. Tackle by 51-Thomas Smith.</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>QUE 38</t>
   </si>
@@ -1703,51 +1703,51 @@
   <si>
     <t>2-13-QUE 45 (5:47) 15-Elvin Riffle pass complete to 26-Cedric Jones to QUE 42 for 3 yards. Tackle by 52-Timothy Sanchez.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>QUE 42</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-10-QUE 42 (5:10) 15-Elvin Riffle pass complete to 42-Terry Rose to QUE 34 for 9 yards. Tackle by 52-Timothy Sanchez.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>QUE 34</t>
   </si>
   <si>
     <t>4-1-QUE 34 (4:24) 9-Kenneth Green 51 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#65 Edward King - C</t>
+    <t>#65 Edward King - LT</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>QUE 41</t>
   </si>
   <si>
     <t>1-10-QUE 41 (4:20) 46-Jeffrey Lett ran to TJN 48 for 11 yards. Tackle by 47-Thad Aegis. 10-Keith Cortez totally missed that block.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>1-10-TJN 48 (3:37) 24-Michael Perez ran to TJN 44 for 5 yards. Tackle by 75-Billy Sanders.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>2-5-TJN 44 (2:59) 32-Esteban Cunningham ran to TJN 42 for 2 yards. Tackle by 75-Billy Sanders.</t>
   </si>
@@ -2193,51 +2193,51 @@
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>