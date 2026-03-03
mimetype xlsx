--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -305,51 +305,51 @@
   <si>
     <t>#88 Joel Ervin - WR</t>
   </si>
   <si>
     <t>#49 Joseph Rooney - CB</t>
   </si>
   <si>
     <t>#21 Scott Hawks - CB</t>
   </si>
   <si>
     <t>#53 David Joyce - RDE</t>
   </si>
   <si>
     <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
     <t>#41 John Barker - SS</t>
   </si>
   <si>
     <t>#58 Douglas Medina - DT</t>
   </si>
   <si>
     <t>#31 Harrison Macdonald - FS</t>
   </si>
   <si>
-    <t>#59 Edwin Morris - LDE</t>
+    <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#84 Jay  Swagger - WR</t>
   </si>
   <si>
     <t>#76 Joseph Wooldridge - DT</t>
   </si>
   <si>
     <t>#16 Carlos Mills - K</t>
   </si>
   <si>
     <t>SKT</t>
   </si>
   <si>
     <t>SKT 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SKT 25 (15:00) 11-Philip Hand pass complete to 17-Dan Cournoyer to SKT 30 for 5 yards. Tackle by 43-Cecil Castillo.</t>
   </si>
@@ -359,108 +359,108 @@
   <si>
     <t>#17 Dan Cournoyer - RB</t>
   </si>
   <si>
     <t>#27 Michael Obrien - FB</t>
   </si>
   <si>
     <t>#82 David Page - TE</t>
   </si>
   <si>
     <t>#16 Clarence Johnson - WR</t>
   </si>
   <si>
     <t>#78 Willie Marmon - LT</t>
   </si>
   <si>
     <t>#68 James Shelor - LG</t>
   </si>
   <si>
     <t>#64 Brian Hocker - C</t>
   </si>
   <si>
     <t>#56 John Kitchen - C</t>
   </si>
   <si>
-    <t>#64 Mark Elliott - RT</t>
+    <t>#57 Mark Elliott - RT</t>
   </si>
   <si>
     <t>#72 Charles Young - LDE</t>
   </si>
   <si>
-    <t>#54 Emilio Rogers - DT</t>
+    <t>#61 Emilio Rogers - DT</t>
   </si>
   <si>
     <t>#70 Raymond Doughty - DT</t>
   </si>
   <si>
     <t>#66 Jasper Stone - RDE</t>
   </si>
   <si>
-    <t>#53 Timothy Gray - SLB</t>
+    <t>#53 Timothy Gray - WLB</t>
   </si>
   <si>
     <t>#50 Randy Clementine - MLB</t>
   </si>
   <si>
-    <t>#51 Crash Brannigan - WLB</t>
+    <t>#51 Crash Brannigan - SLB</t>
   </si>
   <si>
     <t>#30 Douglas Lindsey - CB</t>
   </si>
   <si>
     <t>#43 Cecil Castillo - CB</t>
   </si>
   <si>
     <t>#47 Kevin Menard - SS</t>
   </si>
   <si>
     <t>#29 Biz Decker - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>SKT 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-SKT 30 (14:20) 11-Philip Hand pass complete to 80-Duane Gelinas to SKT 48 for 18 yards. Tackle by 29-Biz Decker. Nice job by 80-Duane Gelinas on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#80 Duane Gelinas - WR</t>
   </si>
   <si>
     <t>#39 Todd Wright - CB</t>
   </si>
   <si>
-    <t>#39 Sherwood Kruger - CB</t>
+    <t>#59 Sherwood Kruger - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>SKT 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-SKT 48 (13:37) 11-Philip Hand sacked at SKT 38 for -10 yards (66-Jasper Stone). Sack allowed by 78-Willie Marmon.</t>
   </si>
   <si>
     <t>#32 Johnnie Mudd - RB</t>
   </si>
   <si>
     <t>#58 Herbert Arnold - SLB</t>
   </si>
   <si>
     <t>#41 Daniel Chun - FS</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>SKT 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-17-SKT 41 (11:44) 3-Paul McCue punts 39 yards to VAN 20.</t>
   </si>
   <si>
     <t>#3 Paul McCue - P</t>
   </si>
   <si>
     <t>#63 Henry Thai - C</t>
   </si>
   <si>
     <t>#14 Robert Jones - WR</t>
   </si>
   <si>
     <t>#76 Orlando Zhou - RDE</t>
   </si>
   <si>
-    <t>#69 Noel Douglass - LT</t>
+    <t>#69 Noel Douglass - RT</t>
   </si>
   <si>
     <t>#55 Robert Britten - RG</t>
   </si>
   <si>
     <t>#78 Peter Murray - DT</t>
   </si>
   <si>
     <t>#96 George Giese - LDE</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>VAN 20</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 20 (11:35) 2-Glen Simonson sacked at VAN 13 for -7 yards (45-Earl Simmons). Sack allowed by 69-John Huffman.</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#91 Troy Davis - LDE</t>
   </si>
   <si>
     <t>#99 Paul Thompson - DT</t>
   </si>
   <si>
     <t>#94 John Greene - RDE</t>
   </si>
   <si>
     <t>#93 Patrick Gomez - SLB</t>
   </si>
   <si>
     <t>#94 Wallace Easley - MLB</t>
   </si>
   <si>
     <t>#96 Joseph Yee - WLB</t>
   </si>
   <si>
     <t>#26 Joseph Hall - CB</t>
   </si>
   <si>
     <t>#45 Earl Simmons - FS</t>
   </si>
   <si>
-    <t>#20 Joseph Cano - FS</t>
+    <t>#20 Joseph Cano - SS</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>VAN 13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-17-VAN 13 (10:51) 2-Glen Simonson pass complete to 12-Travis Davis to VAN 22 for 9 yards. Tackle by 94-Wallace Easley.</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>VAN 22</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>