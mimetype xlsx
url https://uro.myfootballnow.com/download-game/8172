--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 8-Dick Sullivan kicks 64 yards from HAV 35 to SJX 1. 46-Dominic Keller to SJX 27 for 26 yards. Tackle by 27-John Campbell.</t>
   </si>
   <si>
     <t>#46 Dominic Keller - RB</t>
   </si>
   <si>
     <t>#25 Aaron White - CB</t>
   </si>
   <si>
     <t>#71 Richard Gary - LDE</t>
   </si>
   <si>
     <t>#52 Raymond Young - WLB</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#60 William Joslin - RDE</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
     <t>#21 Xander Rojas - CB</t>
   </si>
   <si>
     <t>#32 Barry Griffin - CB</t>
   </si>
   <si>
     <t>#8 Dick Sullivan - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>SJX 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong All Go</t>
   </si>
@@ -398,51 +398,51 @@
   <si>
     <t>#79 Tommy Johnson - RDE</t>
   </si>
   <si>
     <t>#20 John Allaire - SLB</t>
   </si>
   <si>
     <t>#71 Joseph Allen - MLB</t>
   </si>
   <si>
     <t>#90 Raymond Singleton - WLB</t>
   </si>
   <si>
     <t>#27 John Campbell - CB</t>
   </si>
   <si>
     <t>#46 Adrian Wilson - CB</t>
   </si>
   <si>
     <t>#1 Hassan McMillian - SS</t>
   </si>
   <si>
     <t>#34 Brendan Cruz - CB</t>
   </si>
   <si>
-    <t>#48 Robert Loomis - SS</t>
+    <t>#48 Robert Loomis - FS</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-10-SJX 27 (14:47) 2-William Anderson pass complete to 42-Raymond Smith to SJX 35 for 7 yards. Tackle by 20-John Allaire.</t>
   </si>
   <si>
     <t>#24 Paul Cain - FB</t>
   </si>
   <si>
     <t>#70 John Walters - DT</t>
   </si>
   <si>
     <t>#91 Ramon Barna - RDE</t>
   </si>
   <si>
     <t>#22 Tolo Gallego - FS</t>
   </si>
@@ -563,57 +563,57 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>3-8-HAV 40 (10:43) 46-Dominic Keller ran to HAV 35 for 5 yards. Tackle by 34-Brendan Cruz. SJX 51-Pancake Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-HAV 35 (10:00) 15-Richard Reynolds 52 yard field goal is GOOD. SJX 3 HAV 0</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
-    <t>#15 Richard Reynolds - K</t>
+    <t>#2 Richard Reynolds - K</t>
   </si>
   <si>
     <t>#59 Michael Sharp - RG</t>
   </si>
   <si>
-    <t>#73 Tommy Oldfield - LG</t>
+    <t>#73 Tommy Oldfield - LT</t>
   </si>
   <si>
     <t>#99 Christopher Lewis - DT</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>(9:57) 15-Richard Reynolds kicks 65 yards from SJX 35 to HAV 0. 49-James Hodge to HAV 17 for 16 yards. 49-James Hodge FUMBLES (20-James Shirley) recovered by HAV-46-Adrian Wilson at HAV 17. Tackle by 20-James Shirley.</t>
   </si>
   <si>
     <t>#49 James Hodge - RB</t>
   </si>
   <si>
     <t>#97 Jerry Maske - DT</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>HAV 17</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>#37 Murray Bugg - SS</t>
   </si>
   <si>
     <t>#22 Armand Grigsby - FS</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-SJX 40 (9:04) 10-Zapata Alvarez pass Pass knocked down by 20-James Shirley. incomplete, intended for 11-Vicente Walsh.</t>
   </si>
   <si>
     <t>#11 Vicente Walsh - WR</t>
   </si>
   <si>
     <t>#85 Stephen Scott - WR</t>
   </si>
   <si>
-    <t>#84 Robert Jeffers - WR</t>
+    <t>#83 Robert Jeffers - WR</t>
   </si>
   <si>
     <t>#65 Carlos Brooks - DT</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-10-SJX 40 (9:01) 10-Zapata Alvarez pass complete to 13-Charles Marshall to SJX 37 for 2 yards. Tackle by 20-James Shirley. Great move by 13-Charles Marshall to get free of his coverage.</t>
   </si>
   <si>
     <t>#3 Herman Tan - WLB</t>
   </si>
   <si>
     <t>#49 Harrison Morales - SS</t>
   </si>
   <si>
     <t>#4 Albert Stacks - FS</t>
   </si>
@@ -2342,52 +2342,52 @@
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>