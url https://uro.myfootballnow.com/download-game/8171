--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -344,51 +344,51 @@
   <si>
     <t>NSH 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NSH 25 (15:00) 23-Melvin Phillips ran to NSH 35 for 10 yards. Tackle by 27-Matthew Johnson. BAX 90-Bartholomew Roberts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 PtahSokar  Osiris - QB</t>
   </si>
   <si>
     <t>#23 Melvin Phillips - RB</t>
   </si>
   <si>
     <t>#85 Allen White - TE</t>
   </si>
   <si>
     <t>#81 John Conner - WR</t>
   </si>
   <si>
-    <t>#15 Freddie Kim - WR</t>
+    <t>#10 Freddie Kim - WR</t>
   </si>
   <si>
     <t>#11 George Coronel - WR</t>
   </si>
   <si>
     <t>#72 Jeremy Haigh - LT</t>
   </si>
   <si>
     <t>#54 Brandon Martindale - LG</t>
   </si>
   <si>
     <t>#74 Paul Vance - C</t>
   </si>
   <si>
     <t>#41 Mark Knight - RG</t>
   </si>
   <si>
     <t>#59 Jonathan Robinson - RT</t>
   </si>
   <si>
     <t>#55 Raul Wright - LDE</t>
   </si>
   <si>
     <t>#76 Clarence Carter - DT</t>
   </si>
@@ -818,57 +818,57 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-5-BAX 20 (2:18) 18-PtahSokar  Osiris pass complete to 81-John Conner to BAX 20 for -1 yards. Tackle by 25-Timothy Bishop. BAX 71-Branden Morgan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-BAX 20 (1:44) 6-Paul Wells 39 yard field goal is GOOD. BAX 0 NSH 3</t>
   </si>
   <si>
     <t>#5 Brandon Graves - P</t>
   </si>
   <si>
     <t>#6 Paul Wells - K</t>
   </si>
   <si>
-    <t>#73 Joseph Lindsey - RT</t>
+    <t>#73 Joseph Lindsey - C</t>
   </si>
   <si>
     <t>#50 Luka Prodan  - C</t>
   </si>
   <si>
-    <t>#92 David Landau - RDE</t>
+    <t>#91 David Landau - RDE</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>(1:42) 6-Paul Wells kicks 76 yards from NSH 35 to BAX -11. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-BAX 25 (1:42) 35-Charles Ruiz ran to BAX 30 for 5 yards. Tackle by 43-Charles McClain.</t>
   </si>
   <si>
     <t>#84 Charles Henderson - TE</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>BAX 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -1337,78 +1337,78 @@
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NSH 37 (6:40) 3-Thomas Pick pass complete to 83-Darius Torres to NSH 11 for 26 yards. Tackle by 28-Jawn Epps.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>NSH 11</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-NSH 11 (5:58) 24-Sanford Norwood ran to NSH 7 for 4 yards. Tackle by 4-James Johnson.</t>
   </si>
   <si>
-    <t>#4 James Johnson - SLB</t>
+    <t>#4 James Johnson - WLB</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>NSH 7</t>
   </si>
   <si>
     <t>2-6-NSH 7 (5:21) 42-Mark Shannon ran to NSH 0 for 7 yards. TOUCHDOWN! BAX 6 NSH 3</t>
   </si>
   <si>
     <t>#89 Robert Johnson - WR</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>NSH 15</t>
   </si>
   <si>
     <t>(5:17) Extra point GOOD by 6-Daniel Shoemaker. BAX 7 NSH 3</t>
   </si>
   <si>
     <t>#9 Thomas Gatto - QB</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>#60 Thomas McKay - DT</t>
   </si>
   <si>
     <t>(5:17) 6-Daniel Shoemaker kicks 75 yards from BAX 35 to NSH -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NSH 25 (5:17) 23-Melvin Phillips ran to NSH 20 for -5 yards. Tackle by 48-David Scruggs.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>2-15-NSH 20 (4:33) 23-Melvin Phillips ran to NSH 22 for 3 yards. Tackle by 90-Bartholomew Roberts. PENALTY - Offsides (BAX 97-Charles Warren)</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>2-10-NSH 25 (4:30) 23-Melvin Phillips ran to NSH 26 for 1 yards. Tackle by 76-Clarence Carter.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>