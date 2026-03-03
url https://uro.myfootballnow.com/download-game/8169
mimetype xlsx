--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -347,93 +347,93 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BFD 25 (15:00) 47-Willie Webb ran to BFD 28 for 3 yards. Tackle by 98-James Brown.</t>
   </si>
   <si>
     <t>#10 Glenn Manke - QB</t>
   </si>
   <si>
     <t>#47 Willie Webb - RB</t>
   </si>
   <si>
     <t>#47 William Graham - FB</t>
   </si>
   <si>
     <t>#49 Jimmy Norman - FB</t>
   </si>
   <si>
     <t>#80 Jeffrey Hoke - TE</t>
   </si>
   <si>
-    <t>#87 Antonio Johnson - TE</t>
+    <t>#85 Antonio Johnson - TE</t>
   </si>
   <si>
     <t>#69 Harris Strain - LT</t>
   </si>
   <si>
     <t>#73 Joe Marshall - LG</t>
   </si>
   <si>
-    <t>#78 Woodrow Breen - RG</t>
+    <t>#55 Woodrow Breen - RT</t>
   </si>
   <si>
     <t>#74 Mohammed Brawley - RT</t>
   </si>
   <si>
     <t>#73 Thomas McClendon - LDE</t>
   </si>
   <si>
     <t>#54 Wayne Dietrich - RDE</t>
   </si>
   <si>
-    <t>#67 Mudslide Malone - DT</t>
+    <t>#90 Mudslide Malone - DT</t>
   </si>
   <si>
     <t>#66 Edward Ramirez - DT</t>
   </si>
   <si>
     <t>#71 Jose Desir - RDE</t>
   </si>
   <si>
     <t>#95 James Saucier - SLB</t>
   </si>
   <si>
     <t>#98 James Brown - MLB</t>
   </si>
   <si>
     <t>#58 Darryl Graham - WLB</t>
   </si>
   <si>
     <t>#46 Kenneth Cramer - CB</t>
   </si>
   <si>
-    <t>#28 Jimi Hendrix - CB</t>
+    <t>#22 Jimi Hendrix - CB</t>
   </si>
   <si>
     <t>#37 Theodore Rhee - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>BFD 28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-BFD 28 (14:21) 10-Glenn Manke pass complete to 47-Willie Webb to BFD 41 for 14 yards. 47-Willie Webb FUMBLES (37-Theodore Rhee)</t>
   </si>
   <si>
     <t>#16 Albert Sutton - WR</t>
   </si>
   <si>
     <t>#81 Paul Yuen - WR</t>
   </si>
@@ -596,150 +596,150 @@
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-9-YKN 16 (8:49) 22-Bruce Hart ran to YKN 13 for 3 yards. Tackle by 93-Terry Tacklesworth.</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>YKN 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-YKN 13 (8:15) 4-Ralph Mason 30 yard field goal is GOOD. BFD 3 YKN 0</t>
   </si>
   <si>
     <t>#9 William Martinez - QB</t>
   </si>
   <si>
-    <t>#4 Ralph Mason - K</t>
+    <t>#10 Ralph Mason - K</t>
   </si>
   <si>
     <t>#71 Joe Brown - LG</t>
   </si>
   <si>
     <t>#72 Richard Hiers - LT</t>
   </si>
   <si>
     <t>#58 Richard Clements - C</t>
   </si>
   <si>
-    <t>#65 Micheal Bunch - RT</t>
+    <t>#72 Micheal Bunch - LT</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>BFD 35</t>
   </si>
   <si>
     <t>(8:12) 4-Ralph Mason kicks 74 yards from BFD 35 to YKN -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Jason Gordon - WR</t>
   </si>
   <si>
     <t>#77 Mathew Fultz - RDE</t>
   </si>
   <si>
     <t>YKN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-YKN 25 (8:12) 34-Benjamin Connolly ran to YKN 26 for 1 yards. Tackle by 99-Hyman Brown.</t>
   </si>
   <si>
-    <t>#4 Michael Taylor - QB</t>
+    <t>#10 Michael Taylor - QB</t>
   </si>
   <si>
     <t>#34 Benjamin Connolly - RB</t>
   </si>
   <si>
     <t>#80 Thomas Johnson - TE</t>
   </si>
   <si>
     <t>#81 Jesse Wilson - WR</t>
   </si>
   <si>
     <t>#89 George May - WR</t>
   </si>
   <si>
-    <t>#70 Kenneth McDonald - LT</t>
+    <t>#53 Kenneth McDonald - LT</t>
   </si>
   <si>
     <t>#51 James Carmichael - LG</t>
   </si>
   <si>
     <t>#61 Michael Tharp - C</t>
   </si>
   <si>
     <t>#63 Robert Hunsaker - RG</t>
   </si>
   <si>
     <t>#68 Jacob King - RT</t>
   </si>
   <si>
     <t>#99 Hyman Brown - DT</t>
   </si>
   <si>
     <t>#56 Paul Pitcher - DT</t>
   </si>
   <si>
     <t>#48 Charles Fogarty - FS</t>
   </si>
   <si>
     <t>#33 David Branch - FS</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>YKN 26</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-9-YKN 26 (7:39) 4-Michael Taylor pass complete to 24-James Harris to YKN 49 for 23 yards. Pressure by 77-James Smith.</t>
   </si>
   <si>
-    <t>#24 James Harris - FB</t>
+    <t>#66 James Harris - LT</t>
   </si>
   <si>
     <t>#91 Robert Harris - SLB</t>
   </si>
   <si>
     <t>6:57</t>
   </si>
   <si>
     <t>YKN 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-YKN 49 (6:56) 34-Benjamin Connolly ran to YKN 49 for -1 yards. Tackle by 61-Paul Mendoza.</t>
   </si>
   <si>
     <t>#45 Thomas Hoisington - RB</t>
   </si>
   <si>
     <t>#32 Matthew Howard - RB</t>
   </si>
   <si>
     <t>#89 Drew Schwarz - TE</t>
   </si>
@@ -2206,51 +2206,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="258.223" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>