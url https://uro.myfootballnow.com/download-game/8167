--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-ULA 25 (15:00) 8-Luis Blackwell pass complete to 1-Malik Nabers to ULA 33 for 8 yards. Tackle by 23-Christopher Warden.</t>
   </si>
   <si>
     <t>#8 Luis Blackwell - QB</t>
   </si>
   <si>
     <t>#42 James Waugh - RB</t>
   </si>
   <si>
     <t>#33 James Buhr - RB</t>
   </si>
   <si>
     <t>#12 John Gregory - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#72 Fred Jones - LT</t>
   </si>
   <si>
     <t>#61 Scott Coley - LG</t>
   </si>
   <si>
-    <t>#64 Devin Vela - C</t>
+    <t>#64 Devin Vela - LG</t>
   </si>
   <si>
     <t>#63 Charles Law - RG</t>
   </si>
   <si>
     <t>#73 Joe Davis - RT</t>
   </si>
   <si>
     <t>#92 Gilbert King - LDE</t>
   </si>
   <si>
     <t>#97 Thelonius Pilepush - DT</t>
   </si>
   <si>
     <t>#90 Darren Hobdy - DT</t>
   </si>
   <si>
     <t>#94 Dorian Crozier - RDE</t>
   </si>
   <si>
     <t>#51 Lil Louie Sampson - MLB</t>
   </si>
   <si>
     <t>#58 Grady Grant - WLB</t>
   </si>
@@ -524,105 +524,105 @@
   <si>
     <t>2-7-ULA 29 (12:56) 1-Nicholas Robicheaux pass incomplete, intended for 7-Christopher Billups.</t>
   </si>
   <si>
     <t>#7 Christopher Billups - RB</t>
   </si>
   <si>
     <t>#15 Christopher Rohrer - WR</t>
   </si>
   <si>
     <t>#24 Melvin Tunstall - CB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-7-ULA 29 (12:53) 1-Nicholas Robicheaux sacked at ULA 39 for -10 yards (95-Ryan Heyer). Sack allowed by 66-Evan Casillas.</t>
   </si>
   <si>
-    <t>#86 David Minjares - WR</t>
+    <t>#83 David Minjares - WR</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>ULA 39</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-17-ULA 39 (12:15) 5-Clint Temple 57 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#70 Devin Barter - LT</t>
   </si>
   <si>
     <t>#79 Joshua Masson - C</t>
   </si>
   <si>
     <t>#74 Norman Thompson - RT</t>
   </si>
   <si>
     <t>#76 Jose “Cometa” Hale - RG</t>
   </si>
   <si>
     <t>#90 Patrick Villarreal - RDE</t>
   </si>
   <si>
     <t>#75 Marco Jansen - LDE</t>
   </si>
   <si>
-    <t>#98 Cleveland Davis - DT</t>
+    <t>#57 Cleveland Davis - DT</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>ULA 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-ULA 46 (12:12) 42-James Waugh ran to JOH 30 for 25 yards. Tackle by 23-Christopher Warden.</t>
   </si>
   <si>
-    <t>#84 Chris Gannon - TE</t>
+    <t>#86 Chris Gannon - TE</t>
   </si>
   <si>
     <t>#83 Vincent Henry - TE</t>
   </si>
   <si>
     <t>#99 William Stewart - LDE</t>
   </si>
   <si>
     <t>#55 Richard Sharp - SLB</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>JOH 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-JOH 30 (11:30) 33-James Buhr ran to JOH 23 for 7 yards. Tackle by 42-Neil Milner.</t>
   </si>
   <si>
     <t>#34 William Rouse - RB</t>
   </si>