--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -290,105 +290,105 @@
   <si>
     <t>CRO</t>
   </si>
   <si>
     <t>CRO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Stephen Miller kicks 73 yards from CRO 35 to LGS -8. Touchback.</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#92 Edward Yarborough - LDE</t>
   </si>
   <si>
-    <t>#97 John Staples - RDE</t>
+    <t>#58 John Staples - MLB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
-    <t>#22 Terrance  Swanson - SS</t>
-[...2 lines deleted...]
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#22 Terrance  Swanson - CB</t>
+  </si>
+  <si>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#3 Stephen Miller - K</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-LGS 25 (15:00) 19-Maxwell Ritter pass complete to 83-Lewis Taylor to LGS 32 for 7 yards. Tackle by 22-Marvin Smith.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#83 Lewis Taylor - TE</t>
   </si>
   <si>
     <t>#12 Charles Hodge - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#78 Garrett Tanner - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#57 Robert Wright - RT</t>
   </si>
   <si>
     <t>#96 Daniel Gimbel - LDE</t>
   </si>
   <si>
     <t>#93 William Mazzone - RDE</t>
   </si>
   <si>
     <t>#98 Michael Leonard - DT</t>
   </si>
   <si>
     <t>#97 Evan Napier - DT</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-CRO 16 (9:35) 9-Paul Groves 34 yard field goal is GOOD. CRO 0 LGS 3</t>
   </si>
   <si>
     <t>#1 John Oliva - RB</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#9 Paul Groves - K</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>#53 James Evans - WLB</t>
   </si>
   <si>
-    <t>#51 Glen Lerman - MLB</t>
+    <t>#59 Glen Lerman - MLB</t>
   </si>
   <si>
     <t>#94 Charlie Basnight - DT</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>(9:32) 9-Paul Groves kicks 74 yards from LGS 35 to CRO -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Gerald Windsor - FB</t>
   </si>
   <si>
     <t>CRO 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
@@ -635,66 +635,66 @@
   <si>
     <t>#81 George Hamilton - WR</t>
   </si>
   <si>
     <t>#81 Frank Hanselman - WR</t>
   </si>
   <si>
     <t>#79 Jonathan West - LT</t>
   </si>
   <si>
     <t>#68 Jeffery Williams - LG</t>
   </si>
   <si>
     <t>#66 Dale Rose - C</t>
   </si>
   <si>
     <t>#63 Sang Wright - RG</t>
   </si>
   <si>
     <t>#78 Stacy Decker - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>CRO 26</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-9-CRO 26 (8:48) 13-Donovan McNabb Jr. pass complete to 81-Frank Hanselman to CRO 38 for 12 yards. Tackle by 9-Kujo Hawkins. 81-Frank Hanselman did some fancy footwork there.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-LGS 19 (10:15) 26-Steven Long ran to LGS 20 for 1 yards. Tackle by 97-Evan Napier.</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>3-9-LGS 20 (9:38) 19-Maxwell Ritter pass complete to 34-Erik Harber to LGS 44 for 24 yards. Pushed out of bounds by 56-Clive Farnsworth. 34-Erik Harber did some fancy footwork there. PENALTY - Holding (LGS 78-Garrett Tanner)</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>LGS 10</t>
   </si>
   <si>
     <t>3-19-LGS 10 (9:31) 19-Maxwell Ritter pass complete to 26-Steven Long to LGS 10 for a short gain. Tackle by 54-James Ball.</t>
   </si>
   <si>
-    <t>#54 James Ball - WLB</t>
+    <t>#58 James Ball - SLB</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>4-19-LGS 10 (8:51) 6-Horace Walmsley punts 55 yards to CRO 35. 21-Jeffrey Mathena to CRO 40 for 6 yards. 21-Jeffrey Mathena FUMBLES (2-Tayu Mazon) recovered by LGS-22-Terrance  Swanson at CRO 40. Tackle by 25-Charles Mack.</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-CRO 40 (8:41) 7-Lawrence Knowles ran to CRO 26 for 14 yards. Tackle by 22-Marvin Smith. LGS 16-Jimmy Alegria was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#72 Chunk Cloggins - LG</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>1-10-CRO 26 (7:56) 19-Maxwell Ritter pass complete to 7-Lawrence Knowles to CRO 24 for 2 yards. Tackle by 43-Homer Carlson. PENALTY - Offsides (CRO 98-Michael Leonard)</t>
   </si>