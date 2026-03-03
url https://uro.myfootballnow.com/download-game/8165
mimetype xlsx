--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -281,147 +281,147 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BRS</t>
   </si>
   <si>
     <t>BRS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-James Oviedo kicks 74 yards from BRS 35 to MAN -9. Touchback.</t>
   </si>
   <si>
-    <t>#12 Paul Henderson - RB</t>
-[...8 lines deleted...]
-    <t>#39 Donald Farris - FS</t>
+    <t>#32 Paul Henderson - RB</t>
+  </si>
+  <si>
+    <t>#21 Charles Tilford - CB</t>
+  </si>
+  <si>
+    <t>#49 Allen Godbout - FS</t>
+  </si>
+  <si>
+    <t>#20 Donald Farris - FS</t>
   </si>
   <si>
     <t>#87 Lowell Miller - TE</t>
   </si>
   <si>
     <t>#55 Dennis Hackett - MLB</t>
   </si>
   <si>
-    <t>#67 Milton Linder - RDE</t>
+    <t>#26 Milton Linder - CB</t>
   </si>
   <si>
     <t>#96 Aldo Woodson - RDE</t>
   </si>
   <si>
-    <t>#99 Derrick Davis - DT</t>
+    <t>#65 Derrick Davis - DT</t>
   </si>
   <si>
     <t>#30 Charles Abernathy - RB</t>
   </si>
   <si>
     <t>#98 Matthew Dixon - LDE</t>
   </si>
   <si>
     <t>#4 James Oviedo - K</t>
   </si>
   <si>
     <t>MAN</t>
   </si>
   <si>
     <t>MAN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MAN 25 (15:00) 30-Charles Abernathy ran to MAN 25 for a short gain. Tackle by 32-Jerry Settles.</t>
   </si>
   <si>
     <t>#3 Stan  Taylor - QB</t>
   </si>
   <si>
     <t>#42 George Threadgill - FB</t>
   </si>
   <si>
     <t>#47 Fernando Thomas - FB</t>
   </si>
   <si>
     <t>#85 David Trump - TE</t>
   </si>
   <si>
     <t>#77 Brian Pitman - LT</t>
   </si>
   <si>
     <t>#63 Roy Culbert - LG</t>
   </si>
   <si>
-    <t>#88 David Moody - C</t>
+    <t>#73 David Moody - C</t>
   </si>
   <si>
     <t>#54 Leslie Ratzlaff - RG</t>
   </si>
   <si>
     <t>#70 Thomas Hintz - RT</t>
   </si>
   <si>
     <t>#91 Perry Carey - LDE</t>
   </si>
   <si>
     <t>#53 Steven Braggs - LDE</t>
   </si>
   <si>
     <t>#98 Rufus Carnes - DT</t>
   </si>
   <si>
     <t>#90 Leslie Merryman - DT</t>
   </si>
   <si>
     <t>#51 Edward Stanton - RDE</t>
   </si>
   <si>
     <t>#5 Todd Smith - SLB</t>
   </si>
   <si>
-    <t>#45 James Griffith - MLB</t>
+    <t>#90 James Griffith - MLB</t>
   </si>
   <si>
     <t>#55 Shawn Baker - WLB</t>
   </si>
   <si>
     <t>#28 Donovan Lundy - CB</t>
   </si>
   <si>
     <t>#32 Jerry Settles - CB</t>
   </si>
   <si>
     <t>#43 Kyle Tierney - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-MAN 25 (14:26) 30-Charles Abernathy ran to MAN 37 for 12 yards. Tackle by 30-Duane Doman.</t>
   </si>
@@ -548,84 +548,84 @@
   <si>
     <t>#87 Gerald Kelley - WR</t>
   </si>
   <si>
     <t>#84 Keith  Richards - WR</t>
   </si>
   <si>
     <t>#58 Richard Snyder - LT</t>
   </si>
   <si>
     <t>#64 Giovanni Bulwark - LG</t>
   </si>
   <si>
     <t>#68 Joseph Harrison - C</t>
   </si>
   <si>
     <t>#75 Erich Milliken - RG</t>
   </si>
   <si>
     <t>#1 Samuel Williams - RT</t>
   </si>
   <si>
     <t>#68 William Galbreath - DT</t>
   </si>
   <si>
-    <t>#59 Darren Douthit - SLB</t>
-[...8 lines deleted...]
-    <t>#27 Anthony Boehm - CB</t>
+    <t>#94 Darren Douthit - DT</t>
+  </si>
+  <si>
+    <t>#91 Anthony Parker - WLB</t>
+  </si>
+  <si>
+    <t>#20 Todd Oglesby - SS</t>
+  </si>
+  <si>
+    <t>#90 Anthony Boehm - SLB</t>
   </si>
   <si>
     <t>#48 Lawrence Browning - SS</t>
   </si>
   <si>
-    <t>#36 Diego Haggerty - FS</t>
+    <t>#57 Diego Haggerty - WLB</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-BRS 20 (12:04) 34-Lance Robinson ran to BRS 32 for 12 yards. Tackle by 39-Donald Farris.</t>
   </si>
   <si>
     <t>#82 Joshua Katzman - WR</t>
   </si>
   <si>
-    <t>#47 Chance Gonzales - CB</t>
+    <t>#39 Chance Gonzales - FS</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>BRS 32</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-BRS 32 (11:19) 31-Philip Bryant ran to BRS 46 for 14 yards. Tackle by 51-Todd Oglesby.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>BRS 46</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -695,129 +695,129 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-11-MAN 43 (8:40) 26-William Blume ran to MAN 28 for 15 yards. Tackle by 51-Todd Oglesby.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>MAN 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MAN 28 (7:58) 26-William Blume ran for 28 yards. TOUCHDOWN! BRS 6 MAN 0</t>
   </si>
   <si>
     <t>#85 Terry Wallace - TE</t>
   </si>
   <si>
-    <t>#73 Anthony Brown - LDE</t>
+    <t>#75 Anthony Brown - LDE</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>MAN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:51) Extra point GOOD by 4-James Oviedo. BRS 7 MAN 0</t>
   </si>
   <si>
     <t>#11 Stephen Holland - QB</t>
   </si>
   <si>
     <t>#67 Joseph Trujillo - LG</t>
   </si>
   <si>
     <t>#77 Benjamin Parker - C</t>
   </si>
   <si>
     <t>#76 Alan Miller - RG</t>
   </si>
   <si>
-    <t>#74 Brian Bayne - LT</t>
+    <t>#66 Brian Bayne - LT</t>
   </si>
   <si>
     <t>#11 John Gutierrez - WR</t>
   </si>
   <si>
     <t>(7:51) 4-James Oviedo kicks 68 yards from BRS 35 to MAN -3. Touchback.</t>
   </si>
   <si>
     <t>1-10-MAN 25 (7:51) 30-Charles Abernathy ran to MAN 24 for -1 yards. Tackle by 55-Shawn Baker.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>MAN 24</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>2-11-MAN 24 (7:17) 3-Stan  Taylor pass complete to 30-Charles Abernathy to BRS 48 for 28 yards. Tackle by 43-Kyle Tierney.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>BRS 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-BRS 48 (6:37) 3-Stan  Taylor pass complete to 86-Kenneth Hayes to BRS 36 for 12 yards. Tackle by 28-Donovan Lundy.</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>BRS 36</t>
   </si>
   <si>
     <t>Singleback Normal Deep Corners</t>
   </si>
   <si>
     <t>1-10-BRS 36 (5:53) 3-Stan  Taylor pass complete to 17-Kevin Angle to BRS 32 for 5 yards. Tackle by 28-Donovan Lundy. 28-Donovan Lundy got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#81 Lazer Evans - WR</t>
+    <t>#18 Lazer Evans - WR</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-5-BRS 32 (5:15) 23-Jason Swartz ran to BRS 28 for 4 yards. Tackle by 54-John Weiss.</t>
   </si>
   <si>
     <t>#54 John Weiss - MLB</t>
   </si>
   <si>
     <t>#6 Peter Koger - SS</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>BRS 28</t>
   </si>
   <si>
     <t>3-2-BRS 28 (4:40) 23-Jason Swartz ran to BRS 24 for 3 yards. Tackle by 5-Todd Smith.</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>BRS 3</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-3-BRS 3 (2:01) 24-Christopher Alexander ran for 3 yards. TOUCHDOWN! BRS 7 MAN 6</t>
   </si>
   <si>
     <t>#24 Christopher Alexander - RB</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>BRS 15</t>
   </si>
   <si>
     <t>(1:59) Extra point GOOD by 18-James Tillett. BRS 7 MAN 7</t>
   </si>
   <si>
-    <t>#18 James Tillett - K</t>
+    <t>#11 James Tillett - K</t>
   </si>
   <si>
     <t>#97 Jessie McKinney - WLB</t>
   </si>
   <si>
     <t>#50 Stanley Beers - SLB</t>
   </si>
   <si>
     <t>#2 Franklin Cade - RDE</t>
   </si>
   <si>
     <t>MAN 35</t>
   </si>
   <si>
     <t>(1:59) 18-James Tillett kicks 75 yards from MAN 35 to BRS -10. Touchback.</t>
   </si>
   <si>
     <t>BRS 25</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-BRS 25 (1:59) 31-Philip Bryant ran to BRS 32 for 7 yards. Tackle by 55-Dennis Hackett. 26-William Blume was caught flat-footed on this play. 26-William Blume missed that block completely. MAN 48-Lawrence Browning was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1493,51 +1493,51 @@
   <si>
     <t>1-10-BRS 41 (6:35) PENALTY - False Start (BRS 31-Philip Bryant)</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-15-BRS 36 (6:35) 3-John Marie pass complete to 87-Gerald Kelley to BRS 39 for 2 yards. Tackle by 98-Matthew Dixon. MAN 28-Charles Tilford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>2-13-BRS 39 (5:55) 3-John Marie pass incomplete, dropped by 11-Joseph Smith. Pressure by 98-Matthew Dixon.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>3-13-BRS 39 (5:51) 31-Philip Bryant ran to BRS 39 for a short gain. Tackle by 91-Anthony Parker.</t>
   </si>
   <si>
-    <t>#95 David Prado - WLB</t>
+    <t>#45 David Prado - SS</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>4-12-BRS 39 (5:06) 13-Edwin Hernandez punts 52 yards to MAN 9.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>MAN 9</t>
   </si>
   <si>
     <t>1-10-MAN 9 (4:56) 30-Charles Abernathy ran to MAN 15 for 5 yards. Tackle by 52-Anthony Riley.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>2-5-MAN 15 (4:16) 23-Jason Swartz ran to MAN 23 for 8 yards. Tackle by 90-Leslie Merryman.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
@@ -2259,51 +2259,51 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>