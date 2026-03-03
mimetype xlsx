--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -293,51 +293,51 @@
   <si>
     <t>JAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Charles Vazquez kicks 73 yards from JAK 35 to ROM -8. Touchback.</t>
   </si>
   <si>
     <t>#34 Anthony Ruiz - WR</t>
   </si>
   <si>
     <t>#90 Harold Burditt - MLB</t>
   </si>
   <si>
     <t>#48 Harry Bradshaw - SS</t>
   </si>
   <si>
     <t>#57 Hal Phifer - WLB</t>
   </si>
   <si>
-    <t>#29 Rogelio Allen - LDE</t>
+    <t>#29 Rogelio Allen - DT</t>
   </si>
   <si>
     <t>#24 Brad Hoelscher - CB</t>
   </si>
   <si>
     <t>#91 Dennis Culver - LDE</t>
   </si>
   <si>
     <t>#46 Philip Larkin - FS</t>
   </si>
   <si>
     <t>#3 Travis Newell - MLB</t>
   </si>
   <si>
     <t>#92 Lynn Benson - SLB</t>
   </si>
   <si>
     <t>#39 Damien Corson - CB</t>
   </si>
   <si>
     <t>#10 Charles Vazquez - K</t>
   </si>
   <si>
     <t>ROM</t>
   </si>
@@ -350,78 +350,78 @@
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-ROM 25 (15:00) 11-Noe Quinonez ran to ROM 27 for 2 yards. Tackle by 73-Freddy Strickland.</t>
   </si>
   <si>
     <t>#8 Steven Ramirez - QB</t>
   </si>
   <si>
     <t>#11 Noe Quinonez - RB</t>
   </si>
   <si>
     <t>#37 Anthony Taylor - FB</t>
   </si>
   <si>
     <t>#88 David Grubb - TE</t>
   </si>
   <si>
     <t>#10 Joshua Bain - WR</t>
   </si>
   <si>
     <t>#85 Robert Cooney - WR</t>
   </si>
   <si>
-    <t>#72 Joseph Womble - LT</t>
+    <t>#72 Joseph Womble - RT</t>
   </si>
   <si>
     <t>#51 Quinton Hummer - LG</t>
   </si>
   <si>
     <t>#73 Joshua Morrell - C</t>
   </si>
   <si>
     <t>#64 John Anderson - RG</t>
   </si>
   <si>
-    <t>#65 John Scott - RT</t>
+    <t>#65 John Scott - LT</t>
   </si>
   <si>
     <t>#79 Erik Austin - LDE</t>
   </si>
   <si>
     <t>#96 Thomas Garten - DT</t>
   </si>
   <si>
     <t>#73 Freddy Strickland - DT</t>
   </si>
   <si>
     <t>#97 Brian Rice - RDE</t>
   </si>
   <si>
-    <t>#53 Brock Bennett - SLB</t>
+    <t>#98 Brock Bennett - SLB</t>
   </si>
   <si>
     <t>#4 William Ward - MLB</t>
   </si>
   <si>
     <t>#94 Dan Fujita - WLB</t>
   </si>
   <si>
     <t>#32 Joseph Major - CB</t>
   </si>
   <si>
     <t>#20 Rolando Wood - CB</t>
   </si>
   <si>
     <t>#37 Devon Hill - SS</t>
   </si>
   <si>
     <t>#42 Lino Pena - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>ROM 27</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-ROM 37 (13:46) 8-Steven Ramirez pass complete to 10-Joshua Bain to ROM 44 for 7 yards. Tackle by 32-Joseph Major. 32-Joseph Major got away with a hold on that play. ROM 73-Joshua Morrell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>ROM 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-3-ROM 44 (13:04) 11-Noe Quinonez ran to ROM 46 for 2 yards. Tackle by 79-Erik Austin.</t>
   </si>
   <si>
     <t>#45 John Byrne - FB</t>
   </si>
   <si>
-    <t>#82 William Curry - TE</t>
+    <t>#83 William Curry - TE</t>
   </si>
   <si>
     <t>#1 Keith Dominguez - LG</t>
   </si>
   <si>
     <t>#90 Nicholas Mainor - LDE</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>ROM 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-1-ROM 46 (12:28) 11-Noe Quinonez ran to JAK 49 for 5 yards. Tackle by 94-Dan Fujita.</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>JAK 49</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>3-10-JAK 27 (9:32) 8-Steven Ramirez pass Pass knocked down by 20-Rolando Wood. incomplete, intended for 88-David Grubb.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-JAK 27 (9:29) 9-Jose Morgan 44 yard field goal is GOOD. JAK 0 ROM 3</t>
   </si>
   <si>
     <t>#7 Jeremy Suarez - QB</t>
   </si>
   <si>
     <t>#84 Sean Hardy - TE</t>
   </si>
   <si>
     <t>#9 Jose Morgan - K</t>
   </si>
   <si>
-    <t>#68 Miguel Clark - RT</t>
+    <t>#12 Miguel Clark - RG</t>
   </si>
   <si>
     <t>#64 Martin Joseph - RDE</t>
   </si>
   <si>
     <t>#36 Lowell Ferris - SS</t>
   </si>
   <si>
     <t>#55 Walter Smith - WLB</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>ROM 35</t>
   </si>
   <si>
     <t>(9:26) 9-Jose Morgan kicks 69 yards from ROM 35 to JAK -4. Touchback.</t>
   </si>
   <si>
     <t>#28 David Anderson - RB</t>
   </si>
   <si>
     <t>JAK 25</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>#48 Andrew Wallace - RB</t>
   </si>
   <si>
     <t>#45 Jamar Rhodes - FB</t>
   </si>
   <si>
     <t>#83 Mark Cunningham - TE</t>
   </si>
   <si>
     <t>#85 Edward Maldonado - WR</t>
   </si>
   <si>
     <t>#18 Charles Rockett - WR</t>
   </si>
   <si>
     <t>#74 Dennis Borquez - LT</t>
   </si>
   <si>
     <t>#76 Nathan Pearson - LG</t>
   </si>
   <si>
     <t>#56 Desmond Brundage - C</t>
   </si>
   <si>
-    <t>#78 John Webb - RG</t>
+    <t>#67 John Webb - LG</t>
   </si>
   <si>
     <t>#71 Barry White - RT</t>
   </si>
   <si>
     <t>#21 John Felice - DT</t>
   </si>
   <si>
     <t>#99 Nicholas Silvey - DT</t>
   </si>
   <si>
     <t>#96 Horace Eno - RDE</t>
   </si>
   <si>
     <t>#44 David Shapiro - CB</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>JAK 36</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
@@ -845,51 +845,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-JAK 32 (3:44) 48-Andrew Wallace ran to JAK 41 for 9 yards. Tackle by 48-Harry Bradshaw.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>JAK 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-1-JAK 41 (3:01) 48-Andrew Wallace ran to JAK 41 for a short loss. Tackle by 57-Hal Phifer.</t>
   </si>
   <si>
-    <t>#32 Kurtis Gengler - FB</t>
+    <t>#34 Kurtis Gengler - FB</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>3-1-JAK 41 (2:27) 48-Andrew Wallace ran to JAK 43 for 2 yards. Tackle by 57-Hal Phifer.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>1-10-JAK 43 (1:42) 7-Pistol Peterson pass INTERCEPTED by 24-Brad Hoelscher at ROM 47. 24-Brad Hoelscher to ROM 47 for 0 yards. Tackle by 85-Edward Maldonado.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>ROM 47</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>1-10-JAK 37 (11:58) 11-Noe Quinonez ran to JAK 27 for 10 yards. Tackle by 37-Devon Hill.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-JAK 27 (11:20) 4-Jose Yount ran to JAK 21 for 6 yards. Tackle by 94-Dan Fujita.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>JAK 21</t>
   </si>
   <si>
     <t>2-4-JAK 21 (10:45) 8-Steven Ramirez pass complete to 34-Anthony Ruiz to JAK 1 for 21 yards. Tackle by 94-Dan Fujita. 42-Lino Pena got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#44 Joseph Miner - CB</t>
+    <t>#21 Joseph Miner - CB</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>JAK 1</t>
   </si>
   <si>
     <t>1-1-JAK 1 (10:06) 11-Noe Quinonez ran to JAK 0 for a short gain. Tackle by 97-Brian Rice.</t>
   </si>
   <si>
     <t>#19 Johnathan Pitt - WR</t>
   </si>
   <si>
     <t>#39 Gary Chambers - SS</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>JAK 0</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>