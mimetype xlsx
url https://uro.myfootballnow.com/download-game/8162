--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -386,51 +386,51 @@
   <si>
     <t>#93 Kent Brockman - LDE</t>
   </si>
   <si>
     <t>#57 Alan Fair - DT</t>
   </si>
   <si>
     <t>#76 Albert Herbert - DT</t>
   </si>
   <si>
     <t>#40 Thomas Keene - RDE</t>
   </si>
   <si>
     <t>#53 Phillip Brown - MLB</t>
   </si>
   <si>
     <t>#36 Brian Marsh - WLB</t>
   </si>
   <si>
     <t>#29 Wally Valcheko - CB</t>
   </si>
   <si>
     <t>#44 Gerald Griffin - CB</t>
   </si>
   <si>
-    <t>#20 Christopher Darwin - CB</t>
+    <t>#24 Christopher Darwin - CB</t>
   </si>
   <si>
     <t>#33 James Reiter - SS</t>
   </si>
   <si>
     <t>#41 Michael Bullis - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>LIS 22</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>2-13-LIS 22 (14:22) 4-Turbo Mendez ran to LIS 32 for 10 yards. 4-Turbo Mendez FUMBLES (33-James Reiter) recovered by PRA-53-Phillip Brown at LIS 32. Tackle by 68-Aaron Hargreaves.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
@@ -446,90 +446,90 @@
   <si>
     <t>1-10-LIS 32 (14:17) 35-Dennis Johnson ran to LIS 30 for 2 yards. Tackle by 74-Jose Leighty.</t>
   </si>
   <si>
     <t>#12 Gordon Rosa - QB</t>
   </si>
   <si>
     <t>#35 Dennis Johnson - RB</t>
   </si>
   <si>
     <t>#31 David Wynn - RB</t>
   </si>
   <si>
     <t>#37 Brian Almanza - FB</t>
   </si>
   <si>
     <t>#86 Robert Polk - TE</t>
   </si>
   <si>
     <t>#85 Barry Wulf - TE</t>
   </si>
   <si>
     <t>#79 Johnny Shafer - LT</t>
   </si>
   <si>
-    <t>#4 Kevin Thompson - LG</t>
+    <t>#61 Kevin Thompson - LG</t>
   </si>
   <si>
     <t>#74 Gary Johnson - C</t>
   </si>
   <si>
     <t>#70 David Romo - RG</t>
   </si>
   <si>
-    <t>#54 Donnie Hairston - RT</t>
+    <t>#75 Donnie Hairston - RT</t>
   </si>
   <si>
     <t>#54 Gregory Johnson - LDE</t>
   </si>
   <si>
     <t>#92 Homer Hunter - DT</t>
   </si>
   <si>
     <t>#50 John Sam - MLB</t>
   </si>
   <si>
     <t>#35 Nick Chavez - SS</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>LIS 30</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-8-LIS 30 (13:41) 35-Dennis Johnson ran to LIS 22 for 8 yards. Tackle by 50-John Sam.</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
-    <t>#80 Luther Moreno - WR</t>
+    <t>#16 Luther Moreno - WR</t>
   </si>
   <si>
     <t>#17 Donald Moore - WR</t>
   </si>
   <si>
     <t>#36 Shaun Pizarro - CB</t>
   </si>
   <si>
     <t>#34 Chad Troup - FS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-LIS 22 (12:56) 35-Dennis Johnson ran to LIS 22 for a short loss. Tackle by 74-Jose Leighty.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
@@ -551,66 +551,66 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-8-LIS 20 (11:40) 12-Gordon Rosa pass complete to 37-Brian Almanza to LIS 16 for 4 yards. Tackle by 90-John Bandy. Nice job by 37-Brian Almanza on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#27 Josh Lorenzen - RB</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>LIS 16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-LIS 16 (11:03) 5-Michael Smith 34 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
-    <t>#6 Christopher Buser - QB</t>
+    <t>#16 Christopher Buser - QB</t>
   </si>
   <si>
     <t>#63 James Chavez - C</t>
   </si>
   <si>
     <t>#67 Travis Talley - RG</t>
   </si>
   <si>
     <t>#78 Jeffrey Estes - LT</t>
   </si>
   <si>
     <t>#89 Michael Canon - TE</t>
   </si>
   <si>
-    <t>#99 William Sullivan - MLB</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#95 Michel Pence - RDE</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>LIS 23</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LIS 23 (11:01) 16-Lester Davis pass complete to 4-Turbo Mendez to LIS 22 for -1 yards. Tackle by 29-Wally Valcheko.</t>
   </si>
   <si>
     <t>#80 Paul Acevedo - FB</t>
   </si>
   <si>
     <t>#56 Anthony Chan - SLB</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-3-LIS 40 (9:37) 16-Lester Davis pass complete to 17-Gregg Summerlin to LIS 47 for 7 yards. Tackle by 36-Brian Marsh. PENALTY - Pass Interference (PRA 29-Wally Valcheko) (Declined)</t>
   </si>
   <si>
     <t>#32 Jamie Jones - SS</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>LIS 47</t>
   </si>
   <si>
     <t>1-10-LIS 47 (9:33) 4-Turbo Mendez ran to PRA 43 for 10 yards. Tackle by 33-James Reiter. LIS 11-Nathan Hutchings was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 Gordon Edwards - WR</t>
   </si>
   <si>
     <t>#96 Larry Smith - MLB</t>
   </si>
   <si>
-    <t>#97 John Jackson - WLB</t>
+    <t>#52 John Jackson - SLB</t>
   </si>
   <si>
     <t>#41 Dennis Myles - CB</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>PRA 43</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-PRA 43 (8:53) 16-Lester Davis pass complete to 86-Gordon Edwards to PRA 40 for 3 yards. Tackle by 29-Wally Valcheko.</t>
   </si>
   <si>
     <t>#22 Joe Eastwood - RB</t>
   </si>
   <si>
     <t>#30 Charles McNeill - FS</t>
   </si>
@@ -962,54 +962,54 @@
   <si>
     <t>#58 Michael Powell - C</t>
   </si>
   <si>
     <t>#98 John Fielder - LDE</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>LIS 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-LIS 34 (13:02) 19-Francis Dragon punts 41 yards to PRA 24. Fair Catch by 17-Donald Moore.</t>
   </si>
   <si>
     <t>#19 Francis Dragon - P</t>
   </si>
   <si>
-    <t>#90 Michael Vaughn - SLB</t>
-[...2 lines deleted...]
-    <t>#59 Kevin Flory - LT</t>
+    <t>#51 Michael Vaughn - WLB</t>
+  </si>
+  <si>
+    <t>#74 Kevin Flory - RG</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>1-10-PRA 24 (12:56) 12-Gordon Rosa pass complete to 80-Luther Moreno to PRA 33 for 9 yards. Tackle by 36-Shaun Pizarro. 80-Luther Moreno made a great move on the CB.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>PRA 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-1-PRA 33 (12:13) 35-Dennis Johnson ran to LIS 48 for 19 yards. Tackle by 34-Chad Troup.</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>LIS 48</t>
   </si>
@@ -1190,51 +1190,51 @@
   <si>
     <t>2-10-PRA 11 (2:00) 35-Dennis Johnson ran to PRA 13 for 3 yards. Tackle by 40-Matthew Cousins.</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>PRA 13</t>
   </si>
   <si>
     <t>3-7-PRA 13 (1:21) 35-Dennis Johnson ran to PRA 20 for 7 yards. Tackle by 35-Nick Chavez.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>Timeout LIS</t>
   </si>
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>4-1-PRA 20 (1:16) 4-Marc Pedigo punts 52 yards to LIS 27. Fair Catch by 28-John Hunter.</t>
   </si>
   <si>
-    <t>#4 Marc Pedigo - P</t>
+    <t>#13 Marc Pedigo - P</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>LIS 27</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-LIS 27 (1:09) 4-Turbo Mendez ran to LIS 38 for 11 yards. Tackle by 32-Jamie Jones.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>1-10-LIS 38 (1:04) 16-Lester Davis pass complete to 84-Robert Wright to LIS 48 for 10 yards. Tackle by 44-Gerald Griffin.</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
@@ -1262,51 +1262,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-6-PRA 41 (0:26) 16-Lester Davis pass complete to 4-Turbo Mendez to PRA 35 for 7 yards. Tackle by 41-Michael Bullis.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>1-10-PRA 35 (0:03) 16-Lester Davis pass Pass knocked down by 53-Phillip Brown. incomplete, intended for 22-Joe Eastwood.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>LIS 35</t>
   </si>
   <si>
     <t>(15:00) 17-James Warford kicks 75 yards from LIS 35 to PRA -10. Touchback.</t>
   </si>
   <si>
-    <t>#55 Steven Lopez - WLB</t>
+    <t>#99 Steven Lopez - WLB</t>
   </si>
   <si>
     <t>#17 James Warford - K</t>
   </si>
   <si>
     <t>PRA 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PRA 25 (15:00) 12-Gordon Rosa pass complete to 86-Robert Polk to PRA 44 for 19 yards. Tackle by 90-John Bandy. 86-Robert Polk made a great move on the CB. Pressure by 67-Albert Hinds. 50-John Sam got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-PRA 44 (14:19) 35-Dennis Johnson ran to LIS 46 for 10 yards. Tackle by 35-Nick Chavez.</t>
   </si>
@@ -2180,73 +2180,73 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>