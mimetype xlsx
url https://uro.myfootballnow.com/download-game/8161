--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -458,144 +458,144 @@
   <si>
     <t>#81 Kyle Franklin - WR</t>
   </si>
   <si>
     <t>#26 James Shirley - CB</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-BZV 24 (14:04) 1-Lee Olivarria punts 43 yards to TOY 33. Fair Catch by 43-Frank King. BZV 45-Travis McClusky was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Lee Olivarria - P</t>
   </si>
   <si>
     <t>#43 Frank King - RB</t>
   </si>
   <si>
-    <t>#79 Ronald Champagne - LDE</t>
-[...2 lines deleted...]
-    <t>#87 Robert Jennings - TE</t>
+    <t>#99 Ronald Champagne - RDE</t>
+  </si>
+  <si>
+    <t>#85 Robert Jennings - TE</t>
   </si>
   <si>
     <t>#51 Paul Schwandt - RG</t>
   </si>
   <si>
-    <t>#60 Thomas Schuman - LDE</t>
-[...2 lines deleted...]
-    <t>#63 Fabian Drake - DT</t>
+    <t>#78 Thomas Schuman - LDE</t>
+  </si>
+  <si>
+    <t>#56 Fabian Drake - DT</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>TOY 33</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-TOY 33 (13:57) 18-William Talbert pass complete to 88-George Treadwell to TOY 50 for 17 yards. Tackle by 95-Michael Anderson. PENALTY - Pass Interference (BZV 59-Michael Gillis) (Declined)</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
-[...2 lines deleted...]
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#6 William Talbert - QB</t>
+  </si>
+  <si>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#32 Ruben Williams - FB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#84 Micheal Townsend - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#70 Cupun Siqiniq - LT</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
-    <t>#61 Ivan Hoffman - C</t>
+    <t>#54 Ivan Hoffman - C</t>
   </si>
   <si>
     <t>#54 Joe Robinson - RG</t>
   </si>
   <si>
     <t>#78 John Hain - LT</t>
   </si>
   <si>
     <t>#97 Todd Smith - SLB</t>
   </si>
   <si>
     <t>#95 Michael Anderson - MLB</t>
   </si>
   <si>
     <t>#30 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#32 Ralph Havens - SS</t>
   </si>
   <si>
     <t>#46 Jeff Whittaker - FS</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>TOY 50</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-TOY 50 (13:52) 18-William Talbert pass Pass knocked down by 33-Michael Hendry. incomplete, intended for 84-Micheal Townsend.</t>
   </si>
   <si>
     <t>#30 James Chamberlain - RB</t>
   </si>
   <si>
-    <t>#89 John Favors - WR</t>
+    <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#33 Michael Hendry - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-TOY 50 (13:48) 18-William Talbert pass complete to 32-Ruben Williams to BZV 40 for 11 yards. Tackle by 30-Ronald Brown.</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>BZV 40</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>1-10-TOY 14 (1:42) 19-William Nations pass incomplete, intended for 31-Ronald Little.</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>2-10-TOY 14 (1:37) 19-William Nations pass Pass knocked down by 48-Mark Mora. incomplete, intended for 27-George Burnam.</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>3-10-TOY 14 (1:34) 19-William Nations pass Pass knocked down by 2-Lupe Michael. incomplete, intended for 35-Trevor Parker. Pressure by 91-Justin Miller. PENALTY - Holding (BZV 50-Brian Farnsworth) (Declined)</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>4-10-TOY 14 (1:30) 7-Norberto Moore 32 yard field goal is GOOD. TOY 17 BZV 5</t>
   </si>
   <si>
-    <t>#8 Robert Dupuy - QB</t>
+    <t>#8 Robert Dupuy - RB</t>
   </si>
   <si>
     <t>#7 Norberto Moore - K</t>
   </si>
   <si>
     <t>#73 Carlos Guin - RT</t>
   </si>
   <si>
     <t>#93 Don Roberge - LDE</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>(1:27) 7-Norberto Moore kicks 71 yards from BZV 35 to TOY -6. Touchback.</t>
   </si>
   <si>
     <t>TOY 25</t>
   </si>
   <si>
     <t>1-10-TOY 25 (1:27) 4-Aaron Spivey ran to TOY 17 for -8 yards. Tackle by 32-Ralph Havens.</t>
   </si>
   <si>
     <t>0:49</t>
   </si>