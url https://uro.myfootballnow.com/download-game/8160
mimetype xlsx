--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -290,63 +290,63 @@
   <si>
     <t>RAJ</t>
   </si>
   <si>
     <t>RAJ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-John Richards kicks 74 yards from RAJ 35 to SHI -9. Touchback.</t>
   </si>
   <si>
     <t>#85 David Williams - WR</t>
   </si>
   <si>
     <t>#45 Leon Wickstrom - CB</t>
   </si>
   <si>
     <t>#20 James Letendre - RB</t>
   </si>
   <si>
-    <t>#38 Gregory Ritter - FS</t>
+    <t>#44 Gregory Ritter - FS</t>
   </si>
   <si>
     <t>#21 Kelly Timothy - CB</t>
   </si>
   <si>
     <t>#39 Sheldon Snead - SS</t>
   </si>
   <si>
     <t>#75 Matthew Simpson - DT</t>
   </si>
   <si>
-    <t>#45 Roscoe Farrell - CB</t>
+    <t>#48 Roscoe Farrell - CB</t>
   </si>
   <si>
     <t>#96 David Valdez - WLB</t>
   </si>
   <si>
     <t>#93 Gregory Hertel - MLB</t>
   </si>
   <si>
     <t>#59 Mathew Snelling - WLB</t>
   </si>
   <si>
     <t>#6 John Richards - K</t>
   </si>
   <si>
     <t>SHI</t>
   </si>
   <si>
     <t>SHI 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#81 Alan Parker - TE</t>
   </si>
   <si>
     <t>#13 Gary Bailey - WR</t>
   </si>
   <si>
     <t>#86 Todd Rickey - WR</t>
   </si>
   <si>
     <t>#65 Heriberto Torres - LT</t>
   </si>
   <si>
     <t>#54 Elijah Gilkes - LG</t>
   </si>
   <si>
     <t>#76 James Villanueva - C</t>
   </si>
   <si>
     <t>#56 Leonard Witt - RG</t>
   </si>
   <si>
     <t>#62 Christopher Masterson - RT</t>
   </si>
   <si>
-    <t>#63 Wilbur Spencer - WLB</t>
+    <t>#90 Wilbur Spencer - LDE</t>
   </si>
   <si>
     <t>#65 Billy Sargent - DT</t>
   </si>
   <si>
     <t>#77 David James - DT</t>
   </si>
   <si>
     <t>#98 Gary Strickland - RDE</t>
   </si>
   <si>
     <t>#21 Richard Mitchell - SLB</t>
   </si>
   <si>
     <t>#56 David Hudson - MLB</t>
   </si>
   <si>
     <t>#91 Earl Clatterbuck - WLB</t>
   </si>
   <si>
     <t>#46 Adam Fay - CB</t>
   </si>
   <si>
     <t>#39 Jeremy McDermott - CB</t>
   </si>
@@ -587,123 +587,123 @@
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>RAJ 23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-RAJ 23 (7:27) 10-Lonnie Jones 41 yard field goal is GOOD. RAJ 0 SHI 3</t>
   </si>
   <si>
     <t>#3 Martin Hardesty - P</t>
   </si>
   <si>
     <t>#10 Lonnie Jones - K</t>
   </si>
   <si>
     <t>#68 Robert Gwinn - LT</t>
   </si>
   <si>
-    <t>#63 Noah Jacques - LG</t>
-[...2 lines deleted...]
-    <t>#74 Aaron Hayes - RG</t>
+    <t>#79 Noah Jacques - LG</t>
+  </si>
+  <si>
+    <t>#75 Aaron Hayes - RG</t>
   </si>
   <si>
     <t>#58 Michael Schroeder - RT</t>
   </si>
   <si>
     <t>#71 Adolfo Pollard - RDE</t>
   </si>
   <si>
     <t>#64 Richard Hoover - RDE</t>
   </si>
   <si>
-    <t>#3 Shawn Wooton - WLB</t>
+    <t>#52 Shawn Wooton - WLB</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>(7:24) 10-Lonnie Jones kicks 73 yards from SHI 35 to RAJ -8. Touchback.</t>
   </si>
   <si>
     <t>#13 Paul Nelson - RB</t>
   </si>
   <si>
-    <t>#41 Brian  Dawkins V - FS</t>
+    <t>#41 Brian  Dawkins V - CB</t>
   </si>
   <si>
     <t>#18 Erik Rhodes - SLB</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (7:24) 5-Jose Bautista pass Pass knocked down by 59-Mathew Snelling. incomplete, intended for 88-Gerald Haines.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>#88 Gerald Haines - TE</t>
   </si>
   <si>
     <t>#84 Earl Paulson - WR</t>
   </si>
   <si>
     <t>#82 David Folkerts - WR</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#47 Nicholas Davis - LG</t>
   </si>
   <si>
     <t>#75 Jerry Nguyen - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#64 Scott Garcia - LDE</t>
   </si>
   <si>
     <t>#1 Garry Miller - DT</t>
   </si>
   <si>
     <t>#69 Greg Leach - DT</t>
   </si>
   <si>
     <t>#63 Napoleon White - RDE</t>
   </si>
   <si>
     <t>#53 Tony Blakney - SLB</t>
   </si>
   <si>
     <t>#92 David Stell - MLB</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>3-2-SHI 9 (1:15) 89-Anthony Mack ran to SHI 9 for a short loss. Tackle by 50-Rene Stephens.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>4-2-SHI 9 (0:38) 6-John Richards 26 yard field goal is GOOD. RAJ 3 SHI 3</t>
   </si>
   <si>
     <t>#14 Lawrence Berardi - QB</t>
   </si>
   <si>
     <t>#80 Marvin Hill - TE</t>
   </si>
   <si>
     <t>#8 Billy Hanley - RT</t>
   </si>
   <si>
     <t>#51 Dennis Short - C</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
-    <t>#34 Kai Xu - SLB</t>
+    <t>#4 Kai Xu - RB</t>
   </si>
   <si>
     <t>#38 James Crownover - FS</t>
   </si>
   <si>
     <t>#99 Fred Laurent - RDE</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>(0:35) 6-John Richards kicks 74 yards from RAJ 35 to SHI -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-SHI 25 (0:35) 46-Gary Scott ran to SHI 26 for 1 yards. Tackle by 56-David Hudson.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -971,51 +971,51 @@
   <si>
     <t>2-3-RAJ 32 (10:31) 5-Jose Bautista pass Pass knocked down by 53-Tony Blakney. incomplete, intended for 88-Gerald Haines.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>3-3-RAJ 32 (10:27) 25-John Lynch ran to RAJ 34 for 2 yards. Tackle by 69-Greg Leach.</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>RAJ 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-RAJ 34 (9:50) 1-Jose Johnson punts 46 yards to SHI 20. Fair Catch by 85-David Williams.</t>
   </si>
   <si>
-    <t>#1 Jose Johnson - P</t>
+    <t>#8 Jose Johnson - P</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>SHI 20</t>
   </si>
   <si>
     <t>1-10-SHI 20 (9:44) 46-Gary Scott ran to SHI 22 for 2 yards. Tackle by 91-Earl Clatterbuck.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>SHI 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-8-SHI 22 (8:59) 46-Gary Scott ran to SHI 31 for 8 yards. Tackle by 26-Benjamin Loco. PENALTY - Offsides (RAJ 65-Billy Sargent) (Declined)</t>
   </si>
   <si>
     <t>8:55</t>
   </si>