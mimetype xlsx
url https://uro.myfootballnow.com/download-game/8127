--- v0 (2025-11-18)
+++ v1 (2025-12-11)
@@ -290,51 +290,51 @@
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Ray Grant kicks 70 yards from GYQ 35 to LGS -5. Touchback.</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
-    <t>#59 John Staples - WLB</t>
+    <t>#97 John Staples - RDE</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#22 Terrance  Swanson - SS</t>
   </si>
   <si>
     <t>#56 Paul Kirkland - SLB</t>
   </si>
   <si>
     <t>#92 Rake Rogers - RDE</t>
   </si>
   <si>
     <t>#37 Scott Girard - FS</t>
   </si>
   <si>
     <t>#8 Ray Grant - K</t>
   </si>
@@ -353,231 +353,231 @@
   <si>
     <t>1-10-LGS 25 (15:00) 7-Lawrence Knowles ran to LGS 23 for -2 yards. Tackle by 2-Luis Daniels.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#83 Lewis Taylor - TE</t>
   </si>
   <si>
     <t>#12 Charles Hodge - WR</t>
   </si>
   <si>
     <t>#10 Joshua Bivona - WR</t>
   </si>
   <si>
     <t>#66 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#72 Chunk Cloggins - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
-    <t>#69 Albert Todd - RG</t>
+    <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
-    <t>#13 Timothy Inabinet - RDE</t>
+    <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
     <t>#94 Phillip Snyder - RDE</t>
   </si>
   <si>
-    <t>#5 Jaffe Joffer - FS</t>
+    <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#20 Daniel Prince - CB</t>
   </si>
   <si>
     <t>#24 George Jetson - DT</t>
   </si>
   <si>
     <t>#27 Dustin Sherrod - CB</t>
   </si>
   <si>
-    <t>#23 Gary Jones - SS</t>
+    <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
     <t>#2 Luis Daniels - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>LGS 23</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-12-LGS 23 (14:26) 7-Lawrence Knowles ran to LGS 29 for 6 yards. Tackle by 2-Luis Daniels.</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#56 Dwight Hearn - LDE</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>LGS 29</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-LGS 29 (13:47) 19-Maxwell Ritter pass Pass knocked down by 52-Edward Hardy. incomplete, intended for 83-Lewis Taylor.</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#1 Jonathan Reynolds - SLB</t>
   </si>
   <si>
-    <t>#52 Edward Hardy - MLB</t>
+    <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-LGS 29 (13:45) 6-Horace Walmsley punts 50 yards to GYQ 21. Fair Catch by 12-Boom Boom Boone.</t>
   </si>
   <si>
     <t>#6 Horace Walmsley - P</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - FB</t>
+    <t>#87 Larry Plowman - TE</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#68 Christopher Lemelin - RG</t>
   </si>
   <si>
-    <t>#70 Leandro Valdez - RT</t>
+    <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#40 Andrew Vandyke - LDE</t>
   </si>
   <si>
-    <t>#63 George Foley - WLB</t>
+    <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>#66 Craig Lavalley - DT</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>GYQ 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GYQ 21 (13:38) 6-Pedro Richardson ran to GYQ 23 for 2 yards. Tackle by 22-Terrance  Swanson.</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
-    <t>#82 Aaron Douglas - TE</t>
+    <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
     <t>#59 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
-    <t>#78 Michael J. Fox - C</t>
+    <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
-    <t>#75 Kenneth Erwin - RT</t>
+    <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#76 Jesse Mauer - DT</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#52 James Cassette - WLB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
@@ -608,63 +608,63 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-GYQ 25 (12:27) 3-Arthur Gayle pass complete to 6-Pedro Richardson to GYQ 36 for 11 yards. Tackle by 50-Christian Hinkley. Great move by 6-Pedro Richardson to get free of his coverage. 50-Christian Hinkley got away with a hold on that play. 52-James Cassette got away with a hold on that play.</t>
   </si>
   <si>
     <t>#16 Daniel Miller - WR</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>GYQ 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-GYQ 36 (11:46) 6-Pedro Richardson ran to LGS 45 for 20 yards. Tackle by 21-Bingo Harris.</t>
   </si>
   <si>
-    <t>#9 Kujo Hawkins - SLB</t>
+    <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>LGS 45</t>
   </si>
   <si>
     <t>1-10-LGS 45 (11:00) 21-Christopher Paquet ran to LGS 43 for 1 yards. Tackle by 2-Tayu Mazon.</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - RB</t>
+    <t>#21 Christopher Paquet - RT</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>LGS 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-LGS 43 (10:17) 21-Christopher Paquet ran to LGS 30 for 13 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>LGS 30</t>
   </si>
   <si>
     <t>1-10-LGS 30 (9:32) 21-Christopher Paquet ran to LGS 27 for 3 yards. Tackle by 77-David Johnson.</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>2-3-LGS 3 (6:21) 3-Arthur Gayle pass complete to 16-Daniel Miller for 3 yards. TOUCHDOWN! Nice job by 16-Daniel Miller on that route to lose his coverage. LGS 96-Charles Parker was injured on the play. He looks like he should be able to return. GYQ 6 LGS 0</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>LGS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:19) Extra point GOOD by 8-Ray Grant. LGS 76-Jesse Mauer was injured on the play. He looks like he should be able to return. GYQ 7 LGS 0</t>
   </si>
   <si>
     <t>#65 Lyle McPeak - LG</t>
   </si>
   <si>
     <t>#28 William Cochrane - SS</t>
   </si>
   <si>
-    <t>#67 Bobby Jones - RT</t>
+    <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#76 8 Piece Reynolds - RG</t>
   </si>
   <si>
     <t>#53 Krish Devi - C</t>
   </si>
   <si>
     <t>#98 Eric Macomber - RDE</t>
   </si>
   <si>
     <t>(6:19) 8-Ray Grant kicks 74 yards from GYQ 35 to LGS -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LGS 25 (6:19) 19-Maxwell Ritter pass Pass knocked down by 94-Phillip Snyder. incomplete, intended for 7-Lawrence Knowles. 56-Dwight Hearn got away with a hold on that play. 94-Phillip Snyder got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -2160,59 +2160,59 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>