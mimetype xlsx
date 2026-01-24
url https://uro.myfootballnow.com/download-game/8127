--- v1 (2025-12-11)
+++ v2 (2026-01-24)
@@ -290,225 +290,225 @@
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Ray Grant kicks 70 yards from GYQ 35 to LGS -5. Touchback.</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
-    <t>#97 John Staples - RDE</t>
+    <t>#58 John Staples - MLB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
-    <t>#22 Terrance  Swanson - SS</t>
-[...2 lines deleted...]
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#22 Terrance  Swanson - CB</t>
+  </si>
+  <si>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>#92 Rake Rogers - RDE</t>
   </si>
   <si>
     <t>#37 Scott Girard - FS</t>
   </si>
   <si>
     <t>#8 Ray Grant - K</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-LGS 25 (15:00) 7-Lawrence Knowles ran to LGS 23 for -2 yards. Tackle by 2-Luis Daniels.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#83 Lewis Taylor - TE</t>
   </si>
   <si>
     <t>#12 Charles Hodge - WR</t>
   </si>
   <si>
-    <t>#10 Joshua Bivona - WR</t>
-[...2 lines deleted...]
-    <t>#66 Luther Holmes - LT</t>
+    <t>#13 Joshua Bivona - WR</t>
+  </si>
+  <si>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#72 Chunk Cloggins - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
     <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
-    <t>#94 Phillip Snyder - RDE</t>
+    <t>#94 Phillip Snyder - MLB</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#20 Daniel Prince - CB</t>
   </si>
   <si>
     <t>#24 George Jetson - DT</t>
   </si>
   <si>
-    <t>#27 Dustin Sherrod - CB</t>
+    <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - FS</t>
+    <t>#2 Luis Daniels - DT</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>LGS 23</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-12-LGS 23 (14:26) 7-Lawrence Knowles ran to LGS 29 for 6 yards. Tackle by 2-Luis Daniels.</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
-    <t>#56 Dwight Hearn - LDE</t>
+    <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>LGS 29</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-LGS 29 (13:47) 19-Maxwell Ritter pass Pass knocked down by 52-Edward Hardy. incomplete, intended for 83-Lewis Taylor.</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - SLB</t>
+    <t>#1 Jonathan Reynolds - FS</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-LGS 29 (13:45) 6-Horace Walmsley punts 50 yards to GYQ 21. Fair Catch by 12-Boom Boom Boone.</t>
   </si>
   <si>
     <t>#6 Horace Walmsley - P</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - TE</t>
+    <t>#87 Larry Plowman - LT</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#68 Christopher Lemelin - RG</t>
   </si>
   <si>
     <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#40 Andrew Vandyke - LDE</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
@@ -521,81 +521,81 @@
   <si>
     <t>GYQ 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GYQ 21 (13:38) 6-Pedro Richardson ran to GYQ 23 for 2 yards. Tackle by 22-Terrance  Swanson.</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
-    <t>#59 Tre Springfield - LT</t>
-[...2 lines deleted...]
-    <t>#71 Michael Nall - LG</t>
+    <t>#58 Tre Springfield - LT</t>
+  </si>
+  <si>
+    <t>#71 Michael Nall - C</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>GYQ 23</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>2-8-GYQ 23 (13:06) 6-Pedro Richardson ran to GYQ 25 for 2 yards. Tackle by 77-David Johnson.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
@@ -620,78 +620,78 @@
   <si>
     <t>GYQ 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-GYQ 36 (11:46) 6-Pedro Richardson ran to LGS 45 for 20 yards. Tackle by 21-Bingo Harris.</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>LGS 45</t>
   </si>
   <si>
     <t>1-10-LGS 45 (11:00) 21-Christopher Paquet ran to LGS 43 for 1 yards. Tackle by 2-Tayu Mazon.</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - RT</t>
+    <t>#21 Christopher Paquet - C</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>LGS 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-LGS 43 (10:17) 21-Christopher Paquet ran to LGS 30 for 13 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>LGS 30</t>
   </si>
   <si>
     <t>1-10-LGS 30 (9:32) 21-Christopher Paquet ran to LGS 27 for 3 yards. Tackle by 77-David Johnson.</t>
   </si>
   <si>
-    <t>#12 Michael Rhynes - WR</t>
+    <t>#15 Michael Rhynes - WR</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>LGS 27</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-7-LGS 27 (8:50) 3-Arthur Gayle pass complete to 42-Charles Jackson to LGS 20 for 7 yards. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>LGS 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>LGS 3</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>2-3-LGS 3 (6:21) 3-Arthur Gayle pass complete to 16-Daniel Miller for 3 yards. TOUCHDOWN! Nice job by 16-Daniel Miller on that route to lose his coverage. LGS 96-Charles Parker was injured on the play. He looks like he should be able to return. GYQ 6 LGS 0</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>LGS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:19) Extra point GOOD by 8-Ray Grant. LGS 76-Jesse Mauer was injured on the play. He looks like he should be able to return. GYQ 7 LGS 0</t>
   </si>
   <si>
-    <t>#65 Lyle McPeak - LG</t>
+    <t>#65 Lyle McPeak - C</t>
   </si>
   <si>
     <t>#28 William Cochrane - SS</t>
   </si>
   <si>
     <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#76 8 Piece Reynolds - RG</t>
   </si>
   <si>
     <t>#53 Krish Devi - C</t>
   </si>
   <si>
     <t>#98 Eric Macomber - RDE</t>
   </si>
   <si>
     <t>(6:19) 8-Ray Grant kicks 74 yards from GYQ 35 to LGS -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LGS 25 (6:19) 19-Maxwell Ritter pass Pass knocked down by 94-Phillip Snyder. incomplete, intended for 7-Lawrence Knowles. 56-Dwight Hearn got away with a hold on that play. 94-Phillip Snyder got away with a hold on that play.</t>
   </si>
@@ -2147,117 +2147,117 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>