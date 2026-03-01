--- v2 (2026-01-24)
+++ v3 (2026-03-01)
@@ -389,51 +389,51 @@
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
     <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
     <t>#94 Phillip Snyder - MLB</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#20 Daniel Prince - CB</t>
   </si>
   <si>
     <t>#24 George Jetson - DT</t>
   </si>
   <si>
     <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - DT</t>
+    <t>#2 Luis Daniels - RDE</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>LGS 23</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-12-LGS 23 (14:26) 7-Lawrence Knowles ran to LGS 29 for 6 yards. Tackle by 2-Luis Daniels.</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GYQ 21 (13:38) 6-Pedro Richardson ran to GYQ 23 for 2 yards. Tackle by 22-Terrance  Swanson.</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
     <t>#58 Tre Springfield - LT</t>
   </si>
   <si>
-    <t>#71 Michael Nall - C</t>
+    <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>