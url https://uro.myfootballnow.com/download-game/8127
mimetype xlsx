--- v3 (2026-03-01)
+++ v4 (2026-03-21)
@@ -431,87 +431,87 @@
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>LGS 29</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-LGS 29 (13:47) 19-Maxwell Ritter pass Pass knocked down by 52-Edward Hardy. incomplete, intended for 83-Lewis Taylor.</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - FS</t>
+    <t>#1 Jonathan Reynolds - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-LGS 29 (13:45) 6-Horace Walmsley punts 50 yards to GYQ 21. Fair Catch by 12-Boom Boom Boone.</t>
   </si>
   <si>
     <t>#6 Horace Walmsley - P</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - LT</t>
-[...2 lines deleted...]
-    <t>#42 Charles Jackson - RB</t>
+    <t>#87 Larry Plowman - C</t>
+  </si>
+  <si>
+    <t>#42 Charles Jackson - LT</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#68 Christopher Lemelin - RG</t>
   </si>
   <si>
     <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#40 Andrew Vandyke - LDE</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>#66 Craig Lavalley - DT</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
     <t>#58 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
-    <t>#75 Kenneth Erwin - C</t>
+    <t>#75 Kenneth Erwin - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>GYQ 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-GYQ 36 (11:46) 6-Pedro Richardson ran to LGS 45 for 20 yards. Tackle by 21-Bingo Harris.</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>LGS 45</t>
   </si>
   <si>
     <t>1-10-LGS 45 (11:00) 21-Christopher Paquet ran to LGS 43 for 1 yards. Tackle by 2-Tayu Mazon.</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - C</t>
+    <t>#21 Christopher Paquet - RB</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>LGS 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-LGS 43 (10:17) 21-Christopher Paquet ran to LGS 30 for 13 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>LGS 30</t>
   </si>
   <si>
     <t>1-10-LGS 30 (9:32) 21-Christopher Paquet ran to LGS 27 for 3 yards. Tackle by 77-David Johnson.</t>
   </si>
@@ -2147,108 +2147,108 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>