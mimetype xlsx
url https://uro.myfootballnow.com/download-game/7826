--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -305,51 +305,51 @@
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#65 Lyle McPeak - LG</t>
   </si>
   <si>
     <t>#21 Christopher Paquet - RB</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#69 Hank Cynders - RG</t>
   </si>
   <si>
     <t>#85 James Daniels - WR</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
-    <t>#89 Michael Rhynes - WR</t>
+    <t>#12 Michael Rhynes - WR</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
     <t>#87 Larry Plowman - FB</t>
   </si>
   <si>
     <t>#8 Frederick Monroy - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (15:00) 21-Christopher Paquet ran to GYQ 36 for 11 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GYQ 36 (14:19) 3-Arthur Gayle pass complete to 12-Boom Boom Boone to GYQ 37 for 1 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>GYQ 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-GYQ 37 (13:41) 21-Christopher Paquet ran to GYQ 35 for -2 yards. Tackle by 99-Leon Patton.</t>
   </si>
   <si>
-    <t>#97 Tsawa Gangan - LDE</t>
+    <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#22 Terrance  Swanson - SS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>GYQ 35</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>3-11-GYQ 35 (13:01) 3-Arthur Gayle pass complete to 85-James Daniels to GYQ 42 for 7 yards. Tackle by 52-James Cassette.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>GYQ 42</t>
   </si>
@@ -536,102 +536,102 @@
   <si>
     <t>#66 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#72 Chunk Cloggins - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#40 Andrew Vandyke - LDE</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
     <t>#13 Timothy Inabinet - RDE</t>
   </si>
   <si>
-    <t>#24 George Jetson - CB</t>
+    <t>#24 George Jetson - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - MLB</t>
   </si>
   <si>
-    <t>#5 Jaffe Joffer - RDE</t>
+    <t>#5 Jaffe Joffer - FS</t>
   </si>
   <si>
     <t>#56 Dwight Hearn - LDE</t>
   </si>
   <si>
-    <t>#17 Mendoza Sambito - CB</t>
+    <t>#94 Mendoza Sambito - CB</t>
   </si>
   <si>
     <t>#27 Dustin Sherrod - CB</t>
   </si>
   <si>
     <t>#23 Gary Jones - SS</t>
   </si>
   <si>
     <t>#2 Luis Daniels - FS</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>LGS 13</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-LGS 13 (11:29) 19-Maxwell Ritter pass complete to 80-Winslow Washington to LGS 19 for 6 yards. Tackle by 23-Gary Jones.</t>
   </si>
   <si>
     <t>#80 Winslow Washington - TE</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
-    <t>#49 David Perez - RDE</t>
+    <t>#49 David Perez - LDE</t>
   </si>
   <si>
     <t>#1 Jonathan Reynolds - SLB</t>
   </si>
   <si>
     <t>#63 George Foley - WLB</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>LGS 19</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-1-LGS 19 (10:43) 34-Erik Harber ran to LGS 25 for 6 yards. Tackle by 27-Dustin Sherrod.</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
@@ -2273,77 +2273,77 @@
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">