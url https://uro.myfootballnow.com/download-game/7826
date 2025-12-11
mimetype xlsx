--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -290,108 +290,108 @@
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Frederick Monroy kicks 75 yards from LGS 35 to GYQ -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#65 Lyle McPeak - LG</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - RB</t>
+    <t>#21 Christopher Paquet - RT</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#69 Hank Cynders - RG</t>
   </si>
   <si>
     <t>#85 James Daniels - WR</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
     <t>#12 Michael Rhynes - WR</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - FB</t>
+    <t>#87 Larry Plowman - TE</t>
   </si>
   <si>
     <t>#8 Frederick Monroy - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (15:00) 21-Christopher Paquet ran to GYQ 36 for 11 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
-    <t>#78 Michael J. Fox - C</t>
-[...2 lines deleted...]
-    <t>#75 Kenneth Erwin - RT</t>
+    <t>#78 Michael J. Fox - LG</t>
+  </si>
+  <si>
+    <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#76 Jesse Mauer - DT</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#52 James Cassette - WLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
@@ -533,111 +533,111 @@
   <si>
     <t>#87 Frank Brugger - WR</t>
   </si>
   <si>
     <t>#66 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#72 Chunk Cloggins - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#40 Andrew Vandyke - LDE</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
-    <t>#13 Timothy Inabinet - RDE</t>
+    <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
     <t>#24 George Jetson - DT</t>
   </si>
   <si>
-    <t>#52 Edward Hardy - MLB</t>
-[...2 lines deleted...]
-    <t>#5 Jaffe Joffer - FS</t>
+    <t>#52 Edward Hardy - RDE</t>
+  </si>
+  <si>
+    <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#56 Dwight Hearn - LDE</t>
   </si>
   <si>
     <t>#94 Mendoza Sambito - CB</t>
   </si>
   <si>
     <t>#27 Dustin Sherrod - CB</t>
   </si>
   <si>
-    <t>#23 Gary Jones - SS</t>
+    <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
     <t>#2 Luis Daniels - FS</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>LGS 13</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-LGS 13 (11:29) 19-Maxwell Ritter pass complete to 80-Winslow Washington to LGS 19 for 6 yards. Tackle by 23-Gary Jones.</t>
   </si>
   <si>
     <t>#80 Winslow Washington - TE</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
     <t>#1 Jonathan Reynolds - SLB</t>
   </si>
   <si>
-    <t>#63 George Foley - WLB</t>
+    <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>LGS 19</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-1-LGS 19 (10:43) 34-Erik Harber ran to LGS 25 for 6 yards. Tackle by 27-Dustin Sherrod.</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -668,63 +668,63 @@
   <si>
     <t>3-4-LGS 31 (8:32) 7-Lawrence Knowles ran to LGS 33 for 2 yards. Tackle by 64-Gator Jones.</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#66 Craig Lavalley - DT</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>LGS 33</t>
   </si>
   <si>
     <t>4-2-LGS 33 (7:48) 6-Horace Walmsley punts 43 yards to GYQ 24. Fair Catch by 12-Boom Boom Boone.</t>
   </si>
   <si>
     <t>#6 Horace Walmsley - P</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
-    <t>#69 Albert Todd - RG</t>
+    <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>GYQ 24</t>
   </si>
   <si>
     <t>1-10-GYQ 24 (7:42) 21-Christopher Paquet ran to GYQ 35 for 11 yards. Tackle by 20-Hector Sandoval.</t>
   </si>
   <si>
-    <t>#9 Kujo Hawkins - SLB</t>
+    <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-GYQ 35 (6:59) 21-Christopher Paquet ran to GYQ 47 for 11 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>GYQ 47</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>4:13</t>
   </si>
   <si>
     <t>GYQ 45</t>
   </si>
   <si>
     <t>4-12-GYQ 45 (4:12) 4-Carl Raley punts 44 yards to LGS 11.</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>LGS 11</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 11 (4:01) 19-Maxwell Ritter pass Pass knocked down by 20-Dwight Hearn. incomplete, intended for 13-King Ramses III.</t>
   </si>
   <si>
-    <t>#61 Ralph Sumner - LG</t>
+    <t>#66 Ralph Sumner - LG</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-LGS 11 (3:58) 34-Erik Harber ran to LGS 18 for 7 yards. Tackle by 23-Gary Jones.</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>LGS 18</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -920,51 +920,51 @@
   <si>
     <t>1-3-GYQ 3 (13:39) 19-Maxwell Ritter pass Pass knocked down by 17-Mendoza Sambito. incomplete, intended for 80-Winslow Washington.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-3-GYQ 3 (13:36) 34-Erik Harber ran for 3 yards. TOUCHDOWN! LGS 6 GYQ 0</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:34) Extra point GOOD by 8-Frederick Monroy. LGS 7 GYQ 0</t>
   </si>
   <si>
-    <t>#67 Bobby Jones - RT</t>
+    <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#11 Gregory McChesney - RB</t>
   </si>
   <si>
     <t>(13:34) 8-Frederick Monroy kicks 71 yards from LGS 35 to GYQ -6. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (13:34) 3-Arthur Gayle pass complete to 89-Michael Rhynes to GYQ 44 for 19 yards. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>1-10-GYQ 44 (12:58) 21-Christopher Paquet ran to LGS 43 for 13 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>LGS 43</t>
   </si>
@@ -2247,59 +2247,59 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="312.495" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>