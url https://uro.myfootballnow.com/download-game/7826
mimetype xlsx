--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -287,354 +287,354 @@
   <si>
     <t>GYQ has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Frederick Monroy kicks 75 yards from LGS 35 to GYQ -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
-    <t>#65 Lyle McPeak - LG</t>
-[...2 lines deleted...]
-    <t>#21 Christopher Paquet - RT</t>
+    <t>#65 Lyle McPeak - C</t>
+  </si>
+  <si>
+    <t>#21 Christopher Paquet - C</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#69 Hank Cynders - RG</t>
   </si>
   <si>
     <t>#85 James Daniels - WR</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
-    <t>#12 Michael Rhynes - WR</t>
+    <t>#15 Michael Rhynes - WR</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - TE</t>
+    <t>#87 Larry Plowman - LT</t>
   </si>
   <si>
     <t>#8 Frederick Monroy - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (15:00) 21-Christopher Paquet ran to GYQ 36 for 11 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
-    <t>#71 Michael Nall - LG</t>
+    <t>#71 Michael Nall - C</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>GYQ 36</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GYQ 36 (14:19) 3-Arthur Gayle pass complete to 12-Boom Boom Boone to GYQ 37 for 1 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>GYQ 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-GYQ 37 (13:41) 21-Christopher Paquet ran to GYQ 35 for -2 yards. Tackle by 99-Leon Patton.</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
-    <t>#22 Terrance  Swanson - SS</t>
+    <t>#22 Terrance  Swanson - CB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>GYQ 35</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>3-11-GYQ 35 (13:01) 3-Arthur Gayle pass complete to 85-James Daniels to GYQ 42 for 7 yards. Tackle by 52-James Cassette.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>GYQ 42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-GYQ 42 (12:20) 4-Carl Raley punts 49 yards to LGS 10. Fair Catch by 34-Erik Harber.</t>
   </si>
   <si>
     <t>#4 Carl Raley - P</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#37 Scott Girard - FS</t>
   </si>
   <si>
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#68 Richard Stevens - LG</t>
   </si>
   <si>
     <t>#31 Harrison Macdonald - FS</t>
   </si>
   <si>
     <t>#50 Jimmy Grits - FS</t>
   </si>
   <si>
     <t>#95 Matthew Mangum - LDE</t>
   </si>
   <si>
     <t>#92 Rake Rogers - RDE</t>
   </si>
   <si>
     <t>#95 Dean Norman - DT</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>LGS 10</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LGS 10 (12:13) 7-Lawrence Knowles ran to LGS 13 for 3 yards. Tackle by 27-Dustin Sherrod.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#13 King Ramses III - WR</t>
   </si>
   <si>
-    <t>#10 Joshua Bivona - WR</t>
+    <t>#13 Joshua Bivona - WR</t>
   </si>
   <si>
     <t>#87 Frank Brugger - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#72 Chunk Cloggins - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#40 Andrew Vandyke - LDE</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
     <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
     <t>#24 George Jetson - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
-    <t>#56 Dwight Hearn - LDE</t>
+    <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>#94 Mendoza Sambito - CB</t>
   </si>
   <si>
-    <t>#27 Dustin Sherrod - CB</t>
+    <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - FS</t>
+    <t>#2 Luis Daniels - DT</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>LGS 13</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-LGS 13 (11:29) 19-Maxwell Ritter pass complete to 80-Winslow Washington to LGS 19 for 6 yards. Tackle by 23-Gary Jones.</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - SLB</t>
+    <t>#1 Jonathan Reynolds - FS</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>LGS 19</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-1-LGS 19 (10:43) 34-Erik Harber ran to LGS 25 for 6 yards. Tackle by 27-Dustin Sherrod.</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>LGS 41</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-LGS 41 (3:15) 19-Maxwell Ritter pass complete to 80-Winslow Washington to GYQ 44 for 15 yards. Tackle by 20-Dwight Hearn.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>GYQ 44</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-GYQ 44 (2:39) 19-Maxwell Ritter pass complete to 88-Russell Delossantos to GYQ 38 for 6 yards. Tackle by 1-Jonathan Reynolds.</t>
   </si>
   <si>
-    <t>#92 Robert Harmer - MLB</t>
+    <t>#24 Robert Harmer - CB</t>
   </si>
   <si>
     <t>#26 David Owen - CB</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>GYQ 38</t>
   </si>
   <si>
     <t>2-4-GYQ 38 (2:04) 26-Steven Long ran to GYQ 30 for 8 yards. Tackle by 31-Harrison Macdonald. LGS 88-Russell Delossantos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 John Oliva - RB</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>GYQ 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
@@ -2234,117 +2234,117 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="312.495" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>