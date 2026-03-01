--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -341,51 +341,51 @@
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (15:00) 21-Christopher Paquet ran to GYQ 36 for 11 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
-    <t>#71 Michael Nall - C</t>
+    <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#50 James Cassette - MLB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
     <t>#24 George Jetson - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>#94 Mendoza Sambito - CB</t>
   </si>
   <si>
     <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - DT</t>
+    <t>#2 Luis Daniels - RDE</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>LGS 13</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-LGS 13 (11:29) 19-Maxwell Ritter pass complete to 80-Winslow Washington to LGS 19 for 6 yards. Tackle by 23-Gary Jones.</t>
   </si>
   <si>
     <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>