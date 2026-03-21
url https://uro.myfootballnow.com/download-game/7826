--- v4 (2026-03-01)
+++ v5 (2026-03-21)
@@ -284,114 +284,114 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>GYQ has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Frederick Monroy kicks 75 yards from LGS 35 to GYQ -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
-    <t>#42 Charles Jackson - RB</t>
+    <t>#42 Charles Jackson - LT</t>
   </si>
   <si>
     <t>#65 Lyle McPeak - C</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - C</t>
+    <t>#21 Christopher Paquet - RB</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#69 Hank Cynders - RG</t>
   </si>
   <si>
     <t>#85 James Daniels - WR</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
     <t>#15 Michael Rhynes - WR</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - LT</t>
+    <t>#87 Larry Plowman - C</t>
   </si>
   <si>
     <t>#8 Frederick Monroy - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (15:00) 21-Christopher Paquet ran to GYQ 36 for 11 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
-    <t>#75 Kenneth Erwin - C</t>
+    <t>#75 Kenneth Erwin - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-LGS 13 (11:29) 19-Maxwell Ritter pass complete to 80-Winslow Washington to LGS 19 for 6 yards. Tackle by 23-Gary Jones.</t>
   </si>
   <si>
     <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - FS</t>
+    <t>#1 Jonathan Reynolds - DT</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>LGS 19</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-1-LGS 19 (10:43) 34-Erik Harber ran to LGS 25 for 6 yards. Tackle by 27-Dustin Sherrod.</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -2234,51 +2234,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="312.495" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>