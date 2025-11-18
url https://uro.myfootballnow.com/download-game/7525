--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 13-Juan Carlos  Garamuza kicks 71 yards from LGS 35 to HAV -6. 43-Kristopher Bradshaw to LGS 48 for 58 yards.</t>
   </si>
   <si>
     <t>#43 Kristopher Bradshaw - RB</t>
   </si>
   <si>
     <t>#23 Pablo Aimar - SS</t>
   </si>
   <si>
     <t>#48 Robert Loomis - FS</t>
   </si>
   <si>
     <t>#22 Tolo Gallego - FS</t>
   </si>
   <si>
     <t>#63 Big Pappa Plank - RDE</t>
   </si>
   <si>
     <t>#35 Oscar Ruggeri - WLB</t>
   </si>
   <si>
     <t>#70 John Walters - DT</t>
   </si>
   <si>
-    <t>#51 Detrás de la Línea - LDE</t>
+    <t>#62 Detrás de la Línea - LDE</t>
   </si>
   <si>
     <t>#46 Adrian Wilson - CB</t>
   </si>
   <si>
     <t>#47 William Freeman - SS</t>
   </si>
   <si>
     <t>#34 Brendan Cruz - CB</t>
   </si>
   <si>
     <t>#13 Juan Carlos  Garamuza - K</t>
   </si>
   <si>
     <t>HAV</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>LGS 48</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>LGS 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>2-8-LGS 47 (14:15) 10-Zapata Alvarez pass complete to 26-John Ploof to LGS 40 for 7 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
   <si>
     <t>#57 Archie Dark - SLB</t>
   </si>
   <si>
-    <t>#97 Tsawa Gangan - LDE</t>
+    <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>LGS 40</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-2-LGS 40 (13:36) 10-Zapata Alvarez pass complete to 42-Nacho Fernandez to LGS 35 for 4 yards. Tackle by 40-Drederick Tatum Jr.. 42-Nacho Fernandez breaks down the CB.</t>
   </si>
   <si>
     <t>#97 Herbert Jenkins - RDE</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
@@ -941,51 +941,51 @@
   <si>
     <t>HAV 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-HAV 25 (14:57) 10-Zapata Alvarez pass complete to 86-Alton Slater to HAV 49 for 24 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>HAV 49</t>
   </si>
   <si>
     <t>1-10-HAV 49 (14:15) 10-Zapata Alvarez pass complete to 11-Vicente Walsh to LGS 35 for 16 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>1-10-LGS 35 (13:38) 10-Zapata Alvarez pass INTERCEPTED by 2-Tayu Mazon at LGS 26. 2-Tayu Mazon to LGS 27 for 0 yards. Tackle by 11-Vicente Walsh. Pressure by 99-Leon Patton.</t>
   </si>
   <si>
-    <t>#87 Edward Mattingly - TE</t>
+    <t>#80 Edward Mattingly - TE</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>LGS 27</t>
   </si>
   <si>
     <t>1-10-LGS 27 (13:32) 19-Maxwell Ritter pass complete to 86-Jose Weber to LGS 29 for 2 yards. Tackle by 46-Adrian Wilson. Nice job by 86-Jose Weber on that route to lose his coverage.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>2-8-LGS 29 (12:57) 19-Maxwell Ritter pass complete to 86-Jose Weber to LGS 34 for 6 yards. Tackle by 35-Oscar Ruggeri.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>LGS 34</t>
   </si>