--- v1 (2025-11-18)
+++ v2 (2025-12-31)
@@ -287,51 +287,51 @@
   <si>
     <t>HAV has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Juan Carlos  Garamuza kicks 71 yards from LGS 35 to HAV -6. 43-Kristopher Bradshaw to LGS 48 for 58 yards.</t>
   </si>
   <si>
     <t>#43 Kristopher Bradshaw - RB</t>
   </si>
   <si>
     <t>#23 Pablo Aimar - SS</t>
   </si>
   <si>
-    <t>#48 Robert Loomis - FS</t>
+    <t>#48 Robert Loomis - SS</t>
   </si>
   <si>
     <t>#22 Tolo Gallego - FS</t>
   </si>
   <si>
     <t>#63 Big Pappa Plank - RDE</t>
   </si>
   <si>
     <t>#35 Oscar Ruggeri - WLB</t>
   </si>
   <si>
     <t>#70 John Walters - DT</t>
   </si>
   <si>
     <t>#62 Detrás de la Línea - LDE</t>
   </si>
   <si>
     <t>#46 Adrian Wilson - CB</t>
   </si>
   <si>
     <t>#47 William Freeman - SS</t>
   </si>
   <si>
     <t>#34 Brendan Cruz - CB</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#25 Lance  Archer - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (12:24) 40-Roderick Toombs ran to LGS 26 for -1 yards. Tackle by 99-Leon Patton.</t>
   </si>
   <si>
     <t>#40 Roderick Toombs - RB</t>
   </si>
   <si>
-    <t>#9 Kujo Hawkins - SLB</t>
+    <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>#22 Terrance  Swanson - SS</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>LGS 26</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-LGS 26 (11:41) 10-Zapata Alvarez pass INTERCEPTED by 21-Bingo Harris at LGS 14. 21-Bingo Harris to LGS 17 for 2 yards. Tackle by 84-Robert Jeffers. Pressure by 99-Leon Patton.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>LGS 17</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-HAV 1 (14:58) 7-Lawrence Knowles ran for 1 yards. TOUCHDOWN! HAV 0 LGS 6</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>HAV 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:57) Extra point GOOD by 13-Juan Carlos  Garamuza. HAV 0 LGS 7</t>
   </si>
   <si>
-    <t>#69 Albert Todd - RG</t>
+    <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>#93 Gilbert Young - LDE</t>
   </si>
   <si>
     <t>(14:57) 13-Juan Carlos  Garamuza kicks 75 yards from LGS 35 to HAV -10. Touchback.</t>
   </si>
   <si>
     <t>HAV 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-HAV 25 (14:57) 10-Zapata Alvarez pass complete to 86-Alton Slater to HAV 49 for 24 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>HAV 49</t>
   </si>
   <si>
     <t>1-10-HAV 49 (14:15) 10-Zapata Alvarez pass complete to 11-Vicente Walsh to LGS 35 for 16 yards. Tackle by 35-Caleb Quintana.</t>
   </si>