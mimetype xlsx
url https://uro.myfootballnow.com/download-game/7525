--- v2 (2025-12-31)
+++ v3 (2026-01-24)
@@ -287,51 +287,51 @@
   <si>
     <t>HAV has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Juan Carlos  Garamuza kicks 71 yards from LGS 35 to HAV -6. 43-Kristopher Bradshaw to LGS 48 for 58 yards.</t>
   </si>
   <si>
     <t>#43 Kristopher Bradshaw - RB</t>
   </si>
   <si>
     <t>#23 Pablo Aimar - SS</t>
   </si>
   <si>
-    <t>#48 Robert Loomis - SS</t>
+    <t>#48 Robert Loomis - FS</t>
   </si>
   <si>
     <t>#22 Tolo Gallego - FS</t>
   </si>
   <si>
     <t>#63 Big Pappa Plank - RDE</t>
   </si>
   <si>
     <t>#35 Oscar Ruggeri - WLB</t>
   </si>
   <si>
     <t>#70 John Walters - DT</t>
   </si>
   <si>
     <t>#62 Detrás de la Línea - LDE</t>
   </si>
   <si>
     <t>#46 Adrian Wilson - CB</t>
   </si>
   <si>
     <t>#47 William Freeman - SS</t>
   </si>
   <si>
     <t>#34 Brendan Cruz - CB</t>
   </si>
@@ -371,66 +371,66 @@
   <si>
     <t>#13 Charles Marshall - WR</t>
   </si>
   <si>
     <t>#19 Ariel Ortega - WR</t>
   </si>
   <si>
     <t>#77  Ubaldo Fillol - LT</t>
   </si>
   <si>
     <t>#58 Michael Johnson - LG</t>
   </si>
   <si>
     <t>#67 Gonzalo Montiel - C</t>
   </si>
   <si>
     <t>#52 Ricardo Rojas - RG</t>
   </si>
   <si>
     <t>#57 James Reese - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#21 Kelvin Olivo - CB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>LGS 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
@@ -488,144 +488,144 @@
   <si>
     <t>#25 Lance  Archer - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (12:24) 40-Roderick Toombs ran to LGS 26 for -1 yards. Tackle by 99-Leon Patton.</t>
   </si>
   <si>
     <t>#40 Roderick Toombs - RB</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
-    <t>#22 Terrance  Swanson - SS</t>
+    <t>#22 Terrance  Swanson - CB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>LGS 26</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-LGS 26 (11:41) 10-Zapata Alvarez pass INTERCEPTED by 21-Bingo Harris at LGS 14. 21-Bingo Harris to LGS 17 for 2 yards. Tackle by 84-Robert Jeffers. Pressure by 99-Leon Patton.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>LGS 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-LGS 17 (11:34) 7-Lawrence Knowles ran to LGS 19 for 3 yards. Tackle by 20-John Allaire.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#16 Jimmy Alegria - WR</t>
   </si>
   <si>
     <t>#36 Jose Weber - RB</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#64 Hector Soto - LDE</t>
   </si>
   <si>
     <t>#65 Scott Campbell - DT</t>
   </si>
   <si>
     <t>#56 Dan Deutsch - LDE</t>
   </si>
   <si>
     <t>#20 John Allaire - SLB</t>
   </si>
   <si>
     <t>#1 Joseph Alexande Martinez - SLB</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>LGS 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-LGS 19 (10:54) 7-Lawrence Knowles ran to LGS 23 for 4 yards. Tackle by 22-Tolo Gallego.</t>
   </si>
   <si>
-    <t>#10 Joshua Bivona - WR</t>
+    <t>#13 Joshua Bivona - WR</t>
   </si>
   <si>
     <t>#21 Richard Eaton - CB</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>LGS 23</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-4-LGS 23 (10:20) 7-Lawrence Knowles ran to LGS 24 for 1 yards. Tackle by 35-Oscar Ruggeri. HAV 65-Scott Campbell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>LGS 24</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-6-HAV 37 (8:29) 10-Zapata Alvarez pass complete to 13-Charles Marshall to HAV 40 for 3 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>HAV 40</t>
   </si>
   <si>
     <t>4-3-HAV 40 (7:49) 14-Alex Torres punts 47 yards to LGS 13. 34-Erik Harber to LGS 17 for 4 yards. Tackle by 73-Derek Bogan. LGS 20-Hector Sandoval was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Alex Torres - P</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>#73 Derek Bogan - C</t>
   </si>
   <si>
     <t>#53 David Joyce - RDE</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LGS 17 (7:39) 7-Lawrence Knowles ran to LGS 22 for 5 yards. Tackle by 59-Leroy Brown.</t>
   </si>
   <si>
     <t>#88 Russell Delossantos - TE</t>
   </si>
   <si>
     <t>#92 Matthew Alvarez - RDE</t>
   </si>