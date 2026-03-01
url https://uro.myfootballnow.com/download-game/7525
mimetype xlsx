--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -458,51 +458,51 @@
   <si>
     <t>3-2-LGS 40 (13:36) 10-Zapata Alvarez pass complete to 42-Nacho Fernandez to LGS 35 for 4 yards. Tackle by 40-Drederick Tatum Jr.. 42-Nacho Fernandez breaks down the CB.</t>
   </si>
   <si>
     <t>#97 Herbert Jenkins - RDE</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LGS 35 (13:01) 43-Kristopher Bradshaw ran to LGS 25 for 10 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>
   <si>
     <t>#11 Vicente Walsh - WR</t>
   </si>
   <si>
     <t>#89 Melvin Linke - WR</t>
   </si>
   <si>
-    <t>#84 Robert Jeffers - WR</t>
+    <t>#83 Robert Jeffers - WR</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#25 Lance  Archer - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (12:24) 40-Roderick Toombs ran to LGS 26 for -1 yards. Tackle by 99-Leon Patton.</t>
   </si>
   <si>
     <t>#40 Roderick Toombs - RB</t>
   </si>