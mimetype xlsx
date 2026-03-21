--- v4 (2026-03-01)
+++ v5 (2026-03-21)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>HAV has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Juan Carlos  Garamuza kicks 71 yards from LGS 35 to HAV -6. 43-Kristopher Bradshaw to LGS 48 for 58 yards.</t>
   </si>
   <si>
-    <t>#43 Kristopher Bradshaw - RB</t>
+    <t>#31 Kristopher Bradshaw - RB</t>
   </si>
   <si>
     <t>#23 Pablo Aimar - SS</t>
   </si>
   <si>
     <t>#48 Robert Loomis - FS</t>
   </si>
   <si>
     <t>#22 Tolo Gallego - FS</t>
   </si>
   <si>
     <t>#63 Big Pappa Plank - RDE</t>
   </si>
   <si>
     <t>#35 Oscar Ruggeri - WLB</t>
   </si>
   <si>
     <t>#70 John Walters - DT</t>
   </si>
   <si>
     <t>#62 Detrás de la Línea - LDE</t>
   </si>
   <si>
     <t>#46 Adrian Wilson - CB</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#10 Zapata Alvarez - QB</t>
   </si>
   <si>
     <t>#42 Nacho Fernandez - RB</t>
   </si>
   <si>
     <t>#26 John Ploof - FB</t>
   </si>
   <si>
     <t>#86 Alton Slater - TE</t>
   </si>
   <si>
     <t>#13 Charles Marshall - WR</t>
   </si>
   <si>
     <t>#19 Ariel Ortega - WR</t>
   </si>
   <si>
     <t>#77  Ubaldo Fillol - LT</t>
   </si>
   <si>
     <t>#58 Michael Johnson - LG</t>
   </si>
   <si>
-    <t>#67 Gonzalo Montiel - C</t>
+    <t>#75 Gonzalo Montiel - C</t>
   </si>
   <si>
     <t>#52 Ricardo Rojas - RG</t>
   </si>
   <si>
     <t>#57 James Reese - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#21 Kelvin Olivo - CB</t>
   </si>