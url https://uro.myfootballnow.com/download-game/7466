--- v0 (2025-10-19)
+++ v1 (2026-02-03)
@@ -284,159 +284,159 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SKT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>JAK</t>
   </si>
   <si>
     <t>JAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-James Warford kicks 74 yards from JAK 35 to SKT -9. Touchback.</t>
   </si>
   <si>
     <t>#32 Payton Walters - RB</t>
   </si>
   <si>
-    <t>#97 Humberto Driscoll - LDE</t>
-[...5 lines deleted...]
-    <t>#97 Edwin Morris - LDE</t>
+    <t>#79 Humberto Driscoll - LDE</t>
+  </si>
+  <si>
+    <t>#44 Richard Booker - SS</t>
+  </si>
+  <si>
+    <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#33 Leopold Van Leer - CB</t>
   </si>
   <si>
     <t>#59 Ronald Cruz - WLB</t>
   </si>
   <si>
-    <t>#29 Willis Fisher - SS</t>
+    <t>#54 Willis Fisher - SLB</t>
   </si>
   <si>
     <t>#31 Eric Dorsey - CB</t>
   </si>
   <si>
-    <t>#40 Robert Salgado - CB</t>
+    <t>#31 Robert Salgado - CB</t>
   </si>
   <si>
     <t>#20 James Letendre - RB</t>
   </si>
   <si>
     <t>#60 Timothy Benford - LDE</t>
   </si>
   <si>
     <t>#17 James Warford - K</t>
   </si>
   <si>
     <t>SKT</t>
   </si>
   <si>
     <t>SKT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-SKT 25 (15:00) 32-Payton Walters ran to SKT 34 for 9 yards. Tackle by 36-James Washington. SKT 72-John Sutton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 Colt Waverly - QB</t>
   </si>
   <si>
-    <t>#84 Scott Dean - FB</t>
+    <t>#35 Scott Dean - RB</t>
   </si>
   <si>
     <t>#24 Rex Cade - TE</t>
   </si>
   <si>
     <t>#18 Jalen Fleet - WR</t>
   </si>
   <si>
-    <t>#13 William Slocum - WR</t>
+    <t>#12 William Slocum - WR</t>
   </si>
   <si>
     <t>#77 Victor Meyers - LT</t>
   </si>
   <si>
     <t>#66 Ruben Jones - LG</t>
   </si>
   <si>
-    <t>#70 John Kitchen - C</t>
+    <t>#56 John Kitchen - C</t>
   </si>
   <si>
     <t>#72 John Sutton - RG</t>
   </si>
   <si>
-    <t>#64 Mark Elliott - RT</t>
+    <t>#57 Mark Elliott - RT</t>
   </si>
   <si>
     <t>#55 Raul Wright - LDE</t>
   </si>
   <si>
     <t>#95 Jon Bennett - DT</t>
   </si>
   <si>
     <t>#67 Albert Hinds - DT</t>
   </si>
   <si>
     <t>#97 Brian Rice - RDE</t>
   </si>
   <si>
     <t>#60 Craig Meldrum - SLB</t>
   </si>
   <si>
-    <t>#55 Walter Smith - MLB</t>
+    <t>#55 Walter Smith - WLB</t>
   </si>
   <si>
     <t>#98 Michael Diamond - WLB</t>
   </si>
   <si>
     <t>#32 Joseph Major - CB</t>
   </si>
   <si>
     <t>#30 Thomas Corea - CB</t>
   </si>
   <si>
     <t>#37 Devon Hill - SS</t>
   </si>
   <si>
-    <t>#36 James Washington - FS</t>
+    <t>#44 James Washington - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>SKT 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-SKT 34 (14:18) 32-Payton Walters ran to SKT 43 for 9 yards. Tackle by 37-Devon Hill.</t>
   </si>
   <si>
     <t>#86 David Strouse - WR</t>
   </si>
   <si>
     <t>#69 Tony Sykes - RG</t>
   </si>
   <si>
     <t>#23 Richard Wiegand - SS</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>JAK 36</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-JAK 36 (9:16) 6-Paul Wells 54 yard field goal is GOOD. SKT 3 JAK 0</t>
   </si>
   <si>
     <t>#2 David Dennis - QB</t>
   </si>
   <si>
     <t>#6 Paul Wells - K</t>
   </si>
   <si>
     <t>#55 Paul McCane - RT</t>
   </si>
   <si>
     <t>#78 Willie Marmon - LT</t>
   </si>
   <si>
-    <t>#50 John Horner - RDE</t>
+    <t>#76 John Horner - RDE</t>
   </si>
   <si>
     <t>#99 John Sanchez - DT</t>
   </si>
   <si>
     <t>#90 William Russell - DT</t>
   </si>
   <si>
     <t>#56 Glenn Jacobs - WLB</t>
   </si>
   <si>
     <t>#70 Cupun Siqiniq - LT</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>SKT 35</t>
   </si>
   <si>
     <t>(9:12) 6-Paul Wells kicks 65 yards from SKT 35 to JAK 0. 25-Santiago Veracruz to JAK 33 for 33 yards. Tackle by 6-Paul Wells.</t>
   </si>
   <si>
     <t>#49 Santiago Veracruz - RB</t>
   </si>
@@ -650,159 +650,159 @@
   <si>
     <t>#83 Mark Cunningham - TE</t>
   </si>
   <si>
     <t>#80 Sunda Kelapa - WR</t>
   </si>
   <si>
     <t>#12 Sean Yeager - WR</t>
   </si>
   <si>
     <t>#76 Nathan Pearson - LG</t>
   </si>
   <si>
     <t>#72 Charles Alberto - RT</t>
   </si>
   <si>
     <t>#66 Louis Chavez - C</t>
   </si>
   <si>
     <t>#65 Wilford Smith - RT</t>
   </si>
   <si>
     <t>#99 Felix Hare - LDE</t>
   </si>
   <si>
-    <t>#52 Dirk Diggler - DT</t>
+    <t>#91 Dirk Diggler - DT</t>
   </si>
   <si>
     <t>#73 Freddy Strickland - DT</t>
   </si>
   <si>
-    <t>#67 Orlando Zhou - RDE</t>
-[...2 lines deleted...]
-    <t>#53 Frederick Carlson - SLB</t>
+    <t>#76 Orlando Zhou - RDE</t>
+  </si>
+  <si>
+    <t>#95 Frederick Carlson - SLB</t>
   </si>
   <si>
     <t>#91 Steven Mellon - WLB</t>
   </si>
   <si>
     <t>#41 Dennis Myles - CB</t>
   </si>
   <si>
     <t>#43 John Evans - FS</t>
   </si>
   <si>
     <t>#30 Wendell Warren - WLB</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-JAK 35 (8:23) 7-Pistol Peterson pass Pass knocked down by 36-Dennis Myles. incomplete, intended for 12-Sean Yeager.</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-9-JAK 35 (8:19) 7-Pistol Peterson pass complete to 5-Sunda Kelapa to JAK 38 for 3 yards. Tackle by 36-Dennis Myles.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-JAK 38 (7:41) 1-Jonathan Remington punts 45 yards to SKT 17. Fair Catch by 20-James Letendre.</t>
   </si>
   <si>
     <t>#1 Jonathan Remington - P</t>
   </si>
   <si>
-    <t>#78 John Webb - RG</t>
-[...2 lines deleted...]
-    <t>#73 Carlos Guin - RG</t>
+    <t>#67 John Webb - LG</t>
+  </si>
+  <si>
+    <t>#73 Carlos Guin - RT</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
     <t>SKT 17</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-SKT 17 (7:35) 19-Colt Waverly pass INTERCEPTED by 32-Joseph Major at SKT 19. 32-Joseph Major to SKT 19 for -0 yards. Tackle by 84-Scott Dean. 55-Walter Smith was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>SKT 19</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-SKT 19 (7:29) 7-Pistol Peterson pass complete to 25-Santiago Veracruz for 19 yards. TOUCHDOWN! SKT 3 JAK 6</t>
   </si>
   <si>
     <t>#44 Bernard Perdomo - TE</t>
   </si>
   <si>
-    <t>#76 Kent Lowell - LDE</t>
+    <t>#97 Kent Lowell - LDE</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>SKT 15</t>
   </si>
   <si>
     <t>(7:24) Extra point GOOD by 13-James Warford. SKT 3 JAK 7</t>
   </si>
   <si>
-    <t>#63 Robert Wright - LG</t>
-[...2 lines deleted...]
-    <t>#69 Salvatore Williams - LT</t>
+    <t>#57 Robert Wright - RT</t>
+  </si>
+  <si>
+    <t>#69 Salvatore Williams - LG</t>
   </si>
   <si>
     <t>#58 Elliott Stinchcomb - MLB</t>
   </si>
   <si>
     <t>(7:24) 13-James Warford kicks 75 yards from JAK 35 to SKT -10. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SKT 25 (7:24) 32-Payton Walters ran to SKT 30 for 5 yards. Tackle by 55-Walter Smith.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>SKT 30</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-5-SKT 30 (6:48) 32-Payton Walters ran to SKT 30 for -1 yards. Tackle by 98-Michael Diamond.</t>
   </si>
@@ -2297,64 +2297,64 @@
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>