--- v0 (2025-10-29)
+++ v1 (2025-11-18)
@@ -380,51 +380,51 @@
   <si>
     <t>#59 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#60 Jackie Mattson - LT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#76 Jesse Mauer - DT</t>
   </si>
   <si>
     <t>#97 Herbert Jenkins - RDE</t>
   </si>
   <si>
     <t>#57 Archie Dark - SLB</t>
   </si>
   <si>
-    <t>#97 Tsawa Gangan - LDE</t>
+    <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>CHI 27</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>