--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -293,117 +293,117 @@
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Juan Carlos  Garamuza kicks 74 yards from LGS 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>#6 John Darnell - RB</t>
   </si>
   <si>
     <t>#44 Miguel Harris - CB</t>
   </si>
   <si>
     <t>#90 Porterhouse Prime - RDE</t>
   </si>
   <si>
     <t>#21 Kelly Timothy - CB</t>
   </si>
   <si>
-    <t>#78 Paul Abreu - C</t>
+    <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#51 Jeffrey Barrett - MLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>#22 Steve Reynolds - CB</t>
   </si>
   <si>
     <t>#58 Hudson Crew - WLB</t>
   </si>
   <si>
-    <t>#62 Billy Holbrook - C</t>
+    <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>#13 Juan Carlos  Garamuza - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 4-Arlo  Dean ran to CHI 27 for 2 yards. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>#3 Michael Mullen - QB</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
     <t>#30 James Wright - FB</t>
   </si>
   <si>
     <t>#83 Gene Gepperth - TE</t>
   </si>
   <si>
     <t>#81 William Williams - TE</t>
   </si>
   <si>
     <t>#9 David Dye - WR</t>
   </si>
   <si>
     <t>#60 Spaghetti Jenkins - LT</t>
   </si>
   <si>
-    <t>#75 Peter Milburn - LT</t>
+    <t>#70 Peter Milburn - LT</t>
   </si>
   <si>
     <t>#59 Tre Springfield - LT</t>
   </si>
   <si>
-    <t>#60 Jackie Mattson - LT</t>
+    <t>#67 Jackie Mattson - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#76 Jesse Mauer - DT</t>
   </si>
   <si>
     <t>#97 Herbert Jenkins - RDE</t>
   </si>
   <si>
     <t>#57 Archie Dark - SLB</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-LGS 48 (9:31) 19-Maxwell Ritter pass complete to 88-Russell Delossantos to CHI 49 for 2 yards. Tackle by 52-Easton May .</t>
   </si>
   <si>
     <t>#42 Gregg Shipe - FB</t>
   </si>
   <si>
     <t>#97 Art Turry - LDE</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>CHI 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-8-CHI 49 (8:53) 19-Maxwell Ritter pass Pass knocked down by 21-Kelly Timothy. incomplete, intended for 14-Danger Dixon.</t>
   </si>
   <si>
-    <t>#59 Sean Terry - SLB</t>
+    <t>#56 Sean Terry - SLB</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-8-CHI 49 (8:50) 3-King Ramses III ran to CHI 41 for 8 yards. Tackle by 43-Joseph Gibson.</t>
   </si>
   <si>
     <t>#10 Joshua Bivona - WR</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -1331,51 +1331,51 @@
   <si>
     <t>1-10-CHI 36 (12:13) 19-Maxwell Ritter pass Pass knocked down by 51-Jeffrey Barrett. incomplete, intended for 34-Erik Harber.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>2-10-CHI 36 (12:10) 19-Maxwell Ritter pass Pass knocked down by 21-Kelly Timothy. incomplete, intended for 34-Erik Harber.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>3-10-CHI 36 (12:06) 19-Maxwell Ritter pass complete to 3-King Ramses III to CHI 28 for 8 yards. Tackle by 51-Jeffrey Barrett.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>CHI 28</t>
   </si>
   <si>
     <t>4-2-CHI 28 (11:22) 13-Juan Carlos  Garamuza 45 yard field goal is GOOD. LGS 9 CHI 6</t>
   </si>
   <si>
-    <t>#69 Albert Todd - RG</t>
+    <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>(11:18) 13-Juan Carlos  Garamuza kicks 74 yards from LGS 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (11:18) 4-Arlo  Dean ran to CHI 27 for 2 yards. Tackle by 99-Leon Patton.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-8-CHI 27 (10:36) 1-Michael Mullen pass incomplete, dropped by 10-Laszlo  Wells.</t>
   </si>