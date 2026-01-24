--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -308,114 +308,114 @@
   <si>
     <t>#44 Miguel Harris - CB</t>
   </si>
   <si>
     <t>#90 Porterhouse Prime - RDE</t>
   </si>
   <si>
     <t>#21 Kelly Timothy - CB</t>
   </si>
   <si>
     <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#51 Jeffrey Barrett - MLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>#22 Steve Reynolds - CB</t>
   </si>
   <si>
-    <t>#58 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - WLB</t>
   </si>
   <si>
     <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>#13 Juan Carlos  Garamuza - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 4-Arlo  Dean ran to CHI 27 for 2 yards. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>#3 Michael Mullen - QB</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
     <t>#30 James Wright - FB</t>
   </si>
   <si>
     <t>#83 Gene Gepperth - TE</t>
   </si>
   <si>
     <t>#81 William Williams - TE</t>
   </si>
   <si>
     <t>#9 David Dye - WR</t>
   </si>
   <si>
     <t>#60 Spaghetti Jenkins - LT</t>
   </si>
   <si>
     <t>#70 Peter Milburn - LT</t>
   </si>
   <si>
-    <t>#59 Tre Springfield - LT</t>
+    <t>#58 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#67 Jackie Mattson - C</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#97 Herbert Jenkins - RDE</t>
   </si>
   <si>
     <t>#57 Archie Dark - SLB</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>LGS 21</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LGS 21 (12:45) 7-Lawrence Knowles ran to LGS 24 for 3 yards. Tackle by 23-Joseph Prewitt.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#68 Christopher Lemelin - RG</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
     <t>#32 Francisco Mascarenas - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#91 Yuri Youngblood - LDE</t>
   </si>
   <si>
     <t>#93 Abraham Oswald - DT</t>
   </si>
   <si>
     <t>#96 Allan Brewer - DT</t>
   </si>
   <si>
     <t>#20 Vincent Koch - CB</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>3-4 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-2-LGS 29 (11:29) 7-Lawrence Knowles ran to LGS 38 for 9 yards. Tackle by 40-Deacon Penn.</t>
   </si>
   <si>
     <t>#57 William Ford - MLB</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>LGS 38</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-LGS 38 (10:54) 19-Maxwell Ritter pass complete to 88-Russell Delossantos to LGS 44 for 6 yards. Tackle by 51-Jeffrey Barrett. CHI 91-Yuri Youngblood was injured on the play.</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#92 Donald Long - LDE</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>LGS 44</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-LGS 44 (10:10) 19-Maxwell Ritter pass complete to 32-Francisco Mascarenas to LGS 48 for 4 yards. Tackle by 22-Steve Reynolds.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>LGS 48</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>CHI 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-8-CHI 49 (8:53) 19-Maxwell Ritter pass Pass knocked down by 21-Kelly Timothy. incomplete, intended for 14-Danger Dixon.</t>
   </si>
   <si>
     <t>#56 Sean Terry - SLB</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-8-CHI 49 (8:50) 3-King Ramses III ran to CHI 41 for 8 yards. Tackle by 43-Joseph Gibson.</t>
   </si>
   <si>
-    <t>#10 Joshua Bivona - WR</t>
+    <t>#13 Joshua Bivona - WR</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CHI 41 (8:14) 19-Maxwell Ritter pass Pass knocked down by 44-Miguel Harris. incomplete, intended for 32-Francisco Mascarenas.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>(5:25) 13-Juan Carlos  Garamuza kicks 74 yards from LGS 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (5:25) 1-Michael Mullen pass complete to 5-Thomas Marston to LGS 48 for 27 yards.</t>
   </si>
   <si>
     <t>#82 Jerry Lile - WR</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>1-10-LGS 48 (4:42) 4-Arlo  Dean ran to LGS 37 for 10 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>LGS 37</t>
   </si>
   <si>
     <t>1-10-LGS 37 (3:55) 6-John Darnell ran to LGS 34 for 4 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>LGS 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>2-6-LGS 34 (3:16) 1-Michael Mullen pass complete to 30-James Wright to LGS 29 for 4 yards. Tackle by 40-Drederick Tatum Jr..</t>
   </si>