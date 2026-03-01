--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -308,51 +308,51 @@
   <si>
     <t>#44 Miguel Harris - CB</t>
   </si>
   <si>
     <t>#90 Porterhouse Prime - RDE</t>
   </si>
   <si>
     <t>#21 Kelly Timothy - CB</t>
   </si>
   <si>
     <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#51 Jeffrey Barrett - MLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>#22 Steve Reynolds - CB</t>
   </si>
   <si>
-    <t>#52 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - MLB</t>
   </si>
   <si>
     <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>#13 Juan Carlos  Garamuza - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 4-Arlo  Dean ran to CHI 27 for 2 yards. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>#3 Michael Mullen - QB</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>#5 Thomas Marston - RB</t>
   </si>
   <si>
     <t>#21 Kelvin Olivo - CB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>CHI 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CHI 34 (12:51) 15-Bret Salazar punts 44 yards to LGS 21. Fair Catch by 34-Erik Harber.</t>
   </si>
   <si>
     <t>#3 Bret Salazar - P</t>
   </si>
   <si>
-    <t>#73 Leon Millard - RG</t>
+    <t>#53 Leon Millard - RG</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#25 Lance  Archer - CB</t>
   </si>
   <si>
     <t>#13 King Ramses III - WR</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#92 Rake Rogers - RDE</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#58 David Long - LT</t>
   </si>
   <si>
     <t>#61 Wawa Hoagie - LG</t>
   </si>