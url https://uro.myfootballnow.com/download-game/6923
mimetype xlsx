--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -383,51 +383,51 @@
   <si>
     <t>#72 Willie Sadler - RT</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#92 Stamp Rogers - LDE</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
     <t>#93 P.J. Yamada - RDE</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#53 Ellis Smith - RDE</t>
   </si>
   <si>
-    <t>#97 Tsawa Gangan - LDE</t>
+    <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#52 James Cassette - WLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>SJX 27</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-SJX 27 (14:26) 46-Dominic Keller ran to SJX 29 for 2 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>SJX 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-7-SJX 49 (10:04) 46-Dominic Keller ran to LGS 49 for 2 yards. Tackle by 93-P.J. Yamada.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>LGS 49</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-5-LGS 49 (9:28) 10-Jose Dixon pass complete to 17-Uly Downs to LGS 46 for 3 yards. Tackle by 4-Lance  Archer.</t>
   </si>
   <si>
-    <t>#44 Rafael Balvin - RB</t>
+    <t>#44 Rafael Balvin - FB</t>
   </si>
   <si>
     <t>#17 Uly Downs - WR</t>
   </si>
   <si>
     <t>#25 Lance  Archer - CB</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>LGS 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-LGS 46 (8:48) 19-Stephen Tate punts 34 yards to LGS 12. Fair Catch by 34-Erik Harber.</t>
   </si>
   <si>
     <t>#19 Stephen Tate - P</t>
   </si>