--- v1 (2025-11-18)
+++ v2 (2025-12-31)
@@ -992,51 +992,51 @@
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>SJX 50</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>2-7-SJX 50 (13:13) 7-Lawrence Knowles ran to LGS 47 for -3 yards. Tackle by 54-George Sharp.</t>
   </si>
   <si>
     <t>#18 James Barrett - WR</t>
   </si>
   <si>
     <t>12:34</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-10-LGS 47 (12:33) 19-Maxwell Ritter pass Pass knocked down by 96-Anthony Delk. incomplete, intended for 3-King Ramses III.</t>
   </si>
   <si>
-    <t>#49 Harrison Morales - FS</t>
+    <t>#49 Harrison Morales - SS</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>4-10-LGS 47 (12:29) 6-Horace Walmsley punts 42 yards to SJX 10.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>SJX 10</t>
   </si>
   <si>
     <t>1-10-SJX 10 (12:21) 46-Dominic Keller ran to SJX 12 for 1 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-9-SJX 12 (11:38) 46-Dominic Keller ran to SJX 11 for a short loss. Tackle by 40-Drederick Tatum Jr..</t>
   </si>