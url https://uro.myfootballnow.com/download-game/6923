--- v2 (2025-12-31)
+++ v3 (2026-01-24)
@@ -386,51 +386,51 @@
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#92 Stamp Rogers - LDE</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
     <t>#93 P.J. Yamada - RDE</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#53 Ellis Smith - RDE</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>SJX 27</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-SJX 27 (14:26) 46-Dominic Keller ran to SJX 29 for 2 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
@@ -458,63 +458,63 @@
   <si>
     <t>#26 Duane Farr - SS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>SJX 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-SJX 36 (13:35) 3-King Ramses III ran to SJX 34 for 2 yards. Tackle by 78-Cedric Hopes. 62-Berlin Wallace missed that block completely.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#13 King Ramses III - WR</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
     <t>#32 Francisco Mascarenas - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#99 Raymond Vandorn - WLB</t>
   </si>
   <si>
     <t>#43 Stanley Licata - CB</t>
   </si>
   <si>
     <t>#29 Micheal Jasper - SS</t>
   </si>
   <si>
     <t>#22 Armand Grigsby - FS</t>
   </si>