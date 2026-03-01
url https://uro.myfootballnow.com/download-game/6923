--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -305,51 +305,51 @@
   <si>
     <t>#49 Santiago Veracruz - RB</t>
   </si>
   <si>
     <t>#78 Cedric Hopes - DT</t>
   </si>
   <si>
     <t>#55 Nathaniel Cappello - LDE</t>
   </si>
   <si>
     <t>#91 William Glover - DT</t>
   </si>
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#42 Nightmare Baker - SS</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#22 William Guthrie - CB</t>
   </si>
   <si>
     <t>#13 Juan Carlos  Garamuza - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>SJX 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SJX 25 (15:00) 46-Dominic Keller ran to SJX 27 for 2 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
@@ -902,51 +902,51 @@
   <si>
     <t>SJX 21</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-SJX 21 (2:26) 38-Rafael Balvin ran to SJX 23 for 2 yards. Tackle by 54-Tsawa Gangan.</t>
   </si>
   <si>
     <t>#24 Robert McNew - CB</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
     <t>SJX 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-8-SJX 23 (1:41) 10-Jose Dixon pass incomplete, dropped by 14-Terence Loya.</t>
   </si>
   <si>
-    <t>#56 Christopher Butler - MLB</t>
+    <t>#59 Christopher Butler - MLB</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>3-8-SJX 23 (1:37) 25-Santiago Veracruz ran to SJX 28 for 5 yards. Tackle by 36-Rake Rogers.</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>SJX 28</t>
   </si>
   <si>
     <t>4-2-SJX 28 (0:57) 19-Stephen Tate punts 48 yards to LGS 24. 34-Erik Harber to LGS 24 for 1 yards. Tackle by 26-Nightmare Baker.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>LGS 24</t>
   </si>