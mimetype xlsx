--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -305,111 +305,111 @@
   <si>
     <t>#4 Tumblin' Tony Dayton - RB</t>
   </si>
   <si>
     <t>#59 Harold Daly - MLB</t>
   </si>
   <si>
     <t>#57 Martin Huffman - SLB</t>
   </si>
   <si>
     <t>#57 JJ Force - DT</t>
   </si>
   <si>
     <t>#52 King Tut - WLB</t>
   </si>
   <si>
     <t>#21 Frank Ferguson - CB</t>
   </si>
   <si>
     <t>#69 Charles McDowell - LDE</t>
   </si>
   <si>
     <t>#29 Daniel Crocker - SS</t>
   </si>
   <si>
-    <t>#44 Homer Carlson - CB</t>
+    <t>#43 Homer Carlson - SS</t>
   </si>
   <si>
     <t>#98 Rufus Carnes - DT</t>
   </si>
   <si>
     <t>#25 Jamal Leonard - CB</t>
   </si>
   <si>
     <t>#5 Donald Johnson - K</t>
   </si>
   <si>
     <t>BRS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BRS 18</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BRS 18 (14:56) 2-Vic Hislop pass complete to 10-Eric Gupton to BRS 20 for 3 yards. Tackle by 26-James Shirley. 10-Eric Gupton did some fancy footwork there.</t>
   </si>
   <si>
     <t>#1 Vic Hislop - QB</t>
   </si>
   <si>
-    <t>#39 Melvin Phillips - RB</t>
+    <t>#23 Melvin Phillips - RB</t>
   </si>
   <si>
     <t>#34 Lance Robinson - FB</t>
   </si>
   <si>
     <t>#17 Gas Kelly - WR</t>
   </si>
   <si>
     <t>#17 Eric Gupton - WR</t>
   </si>
   <si>
     <t>#15 Matthew Lancaster - WR</t>
   </si>
   <si>
     <t>#67 David Matheny - LG</t>
   </si>
   <si>
     <t>#63 Thomas Smith - LG</t>
   </si>
   <si>
     <t>#68 Joseph Harrison - C</t>
   </si>
   <si>
     <t>#71 Barry White - RT</t>
   </si>
   <si>
-    <t>#64 Pepe Aguliar - RT</t>
+    <t>#73 Pepe Aguliar - RT</t>
   </si>
   <si>
     <t>#79 Ronald Champagne - LDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#93 Herb McNatt - DT</t>
   </si>
   <si>
     <t>#44 William Catron - RDE</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
     <t>#94 Emmett Stamey - WLB</t>
   </si>
   <si>
     <t>#20 Joshua Holloway - CB</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-BRS 43 (8:51) 1-Terrance Dyal punts 29 yards to BRS 15.</t>
   </si>
   <si>
     <t>#1 Terrance Dyal - P</t>
   </si>
   <si>
     <t>#70 Luke Woodfin - LT</t>
   </si>
   <si>
     <t>#54 Hakuho Sho - RG</t>
   </si>
   <si>
     <t>#71 Drive Matthews - C</t>
   </si>
   <si>
-    <t>#54 Joshua Moore - WLB</t>
+    <t>#56 Joshua Moore - WLB</t>
   </si>
   <si>
     <t>#55 Steven Lopez - WLB</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>BRS 15</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-BRS 15 (8:41) 2-Vic Hislop pass complete to 34-Lance Robinson to BRS 20 for 5 yards. Tackle by 99-Bradley Stroup. 34-Lance Robinson breaks down the CB.</t>
   </si>
   <si>
     <t>#99 Bradley Stroup - MLB</t>
   </si>
   <si>
     <t>#40 Michael Gallegos - SS</t>
   </si>