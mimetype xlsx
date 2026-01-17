--- v1 (2025-12-18)
+++ v2 (2026-01-17)
@@ -350,57 +350,57 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BRS 18 (14:56) 2-Vic Hislop pass complete to 10-Eric Gupton to BRS 20 for 3 yards. Tackle by 26-James Shirley. 10-Eric Gupton did some fancy footwork there.</t>
   </si>
   <si>
     <t>#1 Vic Hislop - QB</t>
   </si>
   <si>
     <t>#23 Melvin Phillips - RB</t>
   </si>
   <si>
     <t>#34 Lance Robinson - FB</t>
   </si>
   <si>
     <t>#17 Gas Kelly - WR</t>
   </si>
   <si>
     <t>#17 Eric Gupton - WR</t>
   </si>
   <si>
-    <t>#15 Matthew Lancaster - WR</t>
+    <t>#89 Matthew Lancaster - WR</t>
   </si>
   <si>
     <t>#67 David Matheny - LG</t>
   </si>
   <si>
-    <t>#63 Thomas Smith - LG</t>
+    <t>#52 Thomas Smith - LG</t>
   </si>
   <si>
     <t>#68 Joseph Harrison - C</t>
   </si>
   <si>
     <t>#71 Barry White - RT</t>
   </si>
   <si>
     <t>#73 Pepe Aguliar - RT</t>
   </si>
   <si>
     <t>#79 Ronald Champagne - LDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#93 Herb McNatt - DT</t>
   </si>
   <si>
     <t>#44 William Catron - RDE</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#30 Kenjiri Osako - WR</t>
   </si>
   <si>
     <t>#88 Joel Ervin - WR</t>
   </si>
   <si>
     <t>#77 Spencer Delgado - LT</t>
   </si>
   <si>
     <t>#55 Abraham Linocln - RG</t>
   </si>
   <si>
     <t>#55 Allen Cottone - C</t>
   </si>
   <si>
     <t>#63 Theodore Wallman - LT</t>
   </si>
   <si>
     <t>#61 Christopher Swift - RT</t>
   </si>
   <si>
     <t>#51 Edward Stanton - RDE</t>
   </si>
   <si>
-    <t>#45 James Griffith - MLB</t>
+    <t>#90 James Griffith - MLB</t>
   </si>
   <si>
     <t>#55 Shawn Baker - WLB</t>
   </si>
   <si>
     <t>#52 Anthony Riley - FS</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>BRS 48</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-7-BRS 48 (10:13) 18-William Talbert pass complete to 17-Donald Pettie to BRS 45 for 3 yards. Tackle by 21-Frank Ferguson.</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>