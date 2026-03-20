--- v2 (2026-01-17)
+++ v3 (2026-03-20)
@@ -368,51 +368,51 @@
   <si>
     <t>#17 Gas Kelly - WR</t>
   </si>
   <si>
     <t>#17 Eric Gupton - WR</t>
   </si>
   <si>
     <t>#89 Matthew Lancaster - WR</t>
   </si>
   <si>
     <t>#67 David Matheny - LG</t>
   </si>
   <si>
     <t>#52 Thomas Smith - LG</t>
   </si>
   <si>
     <t>#68 Joseph Harrison - C</t>
   </si>
   <si>
     <t>#71 Barry White - RT</t>
   </si>
   <si>
     <t>#73 Pepe Aguliar - RT</t>
   </si>
   <si>
-    <t>#79 Ronald Champagne - LDE</t>
+    <t>#99 Ronald Champagne - RDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#93 Herb McNatt - DT</t>
   </si>
   <si>
     <t>#44 William Catron - RDE</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
     <t>#94 Emmett Stamey - WLB</t>
   </si>
   <si>
     <t>#20 Joshua Holloway - CB</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
   <si>
     <t>#26 James Shirley - CB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#4 Joe Mendes - C</t>
   </si>
   <si>
     <t>#56 Richard Wiley - LT</t>
   </si>
   <si>
     <t>#76 Alan Miller - RG</t>
   </si>
   <si>
     <t>#64 Michael Jones - DT</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>TOY 49</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-TOY 49 (10:48) 18-William Talbert pass complete to 17-Donald Pettie to BRS 48 for 3 yards. Tackle by 44-Homer Carlson.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
+    <t>#6 William Talbert - QB</t>
   </si>
   <si>
     <t>#7 Donald Pettie - RB</t>
   </si>
   <si>
     <t>#46 Herbert Dunn - WR</t>
   </si>
   <si>
     <t>#84 Micheal Townsend - WR</t>
   </si>
   <si>
     <t>#30 Kenjiri Osako - WR</t>
   </si>
   <si>
     <t>#88 Joel Ervin - WR</t>
   </si>
   <si>
     <t>#77 Spencer Delgado - LT</t>
   </si>
   <si>
     <t>#55 Abraham Linocln - RG</t>
   </si>
   <si>
     <t>#55 Allen Cottone - C</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-BRS 43 (8:51) 1-Terrance Dyal punts 29 yards to BRS 15.</t>
   </si>
   <si>
     <t>#1 Terrance Dyal - P</t>
   </si>
   <si>
     <t>#70 Luke Woodfin - LT</t>
   </si>
   <si>
     <t>#54 Hakuho Sho - RG</t>
   </si>
   <si>
     <t>#71 Drive Matthews - C</t>
   </si>
   <si>
     <t>#56 Joshua Moore - WLB</t>
   </si>
   <si>
-    <t>#55 Steven Lopez - WLB</t>
+    <t>#99 Steven Lopez - WLB</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>BRS 15</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-BRS 15 (8:41) 2-Vic Hislop pass complete to 34-Lance Robinson to BRS 20 for 5 yards. Tackle by 99-Bradley Stroup. 34-Lance Robinson breaks down the CB.</t>
   </si>
   <si>
     <t>#99 Bradley Stroup - MLB</t>
   </si>
   <si>
     <t>#40 Michael Gallegos - SS</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
@@ -2260,51 +2260,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="334.918" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>