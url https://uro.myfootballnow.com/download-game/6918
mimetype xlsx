--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -299,90 +299,90 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Robert Holloway kicks 68 yards from PHI 35 to SJX -3. Touchback.</t>
   </si>
   <si>
     <t>#49 Santiago Veracruz - RB</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#55 Nathaniel Cappello - LDE</t>
   </si>
   <si>
     <t>#91 William Glover - DT</t>
   </si>
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#42 Nightmare Baker - SS</t>
   </si>
   <si>
-    <t>#53 Troy Jimenez - MLB</t>
+    <t>#97 Troy Jimenez - MLB</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
     <t>#68 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#22 William Guthrie - CB</t>
   </si>
   <si>
     <t>#13 Robert Holloway - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>SJX 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SJX 25 (15:00) 10-Jose Dixon pass complete to 14-Terence Loya to SJX 26 for 1 yards. Tackle by 40-Thomas Johnson.</t>
   </si>
   <si>
     <t>#10 Jose Dixon - QB</t>
   </si>
   <si>
     <t>#46 Dominic Keller - RB</t>
   </si>
   <si>
-    <t>#44 Rafael Balvin - RB</t>
+    <t>#44 Rafael Balvin - FB</t>
   </si>
   <si>
     <t>#14 Terence Loya - WR</t>
   </si>
   <si>
     <t>#17 Uly Downs - WR</t>
   </si>
   <si>
     <t>#85 Doug Kelly - WR</t>
   </si>
   <si>
     <t>#61 Brian Hill - LT</t>
   </si>
   <si>
     <t>#64 Jerry Hawkins - LG</t>
   </si>
   <si>
     <t>#74 Alan Durant - C</t>
   </si>
   <si>
     <t>#72 Willie Sadler - RT</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-PHI 32 (11:38) 7-Jacob Hernandez 50 yard field goal is GOOD. SJX 3 PHI 0</t>
   </si>
   <si>
     <t>#6 Carmine Lane - QB</t>
   </si>
   <si>
     <t>#44 Bernard Perdomo - TE</t>
   </si>
   <si>
     <t>#7 Jacob Hernandez - K</t>
   </si>
   <si>
     <t>#64 Frederick Riviera - LT</t>
   </si>
   <si>
     <t>#21 Samuel Norris - FB</t>
   </si>
   <si>
-    <t>#55 Leonard Ellis - MLB</t>
+    <t>#55 Leonard Ellis - RDE</t>
   </si>
   <si>
     <t>#38 Alexander Miller - FS</t>
   </si>
   <si>
     <t>#70 James Richards - DT</t>
   </si>
   <si>
     <t>#90 Boyd Flores - SLB</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>SJX 35</t>
   </si>
   <si>
     <t>(11:35) 7-Jacob Hernandez kicks 74 yards from SJX 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>#31 Stephan Haines - RB</t>
   </si>
   <si>
     <t>#27 Shi Yang - CB</t>
   </si>
@@ -1739,60 +1739,60 @@
   <si>
     <t>4-12-SJX 46 (6:16) 19-Stephen Tate punts 41 yards to PHI 13.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>1-10-PHI 13 (6:08) 9-James Bennett pass Pass knocked down by 52-Raymond Young. incomplete, intended for 31-Stephan Haines. PENALTY - Pass Interference (SJX 52-Raymond Young)</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>1-10-PHI 21 (6:03) 9-James Bennett pass complete to 44-Ulysses Frost to PHI 22 for 1 yards. Tackle by 29-Micheal Jasper. 44-Ulysses Frost made a great move on the CB. PHI 68-Carlos Colburn was injured on the play.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-9-PHI 22 (5:38) 9-James Bennett pass complete to 14-Bebe Jetson to PHI 35 for 13 yards. Tackle by 43-Stanley Licata.</t>
   </si>
   <si>
-    <t>#76 Harvey Marion - RT</t>
+    <t>#67 Harvey Marion - LG</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>1-10-PHI 35 (5:15) 9-James Bennett pass Pass knocked down by 26-Nightmare Baker. incomplete, intended for 47-Jay Kay Jennings.</t>
   </si>
   <si>
-    <t>#49 Harrison Morales - FS</t>
+    <t>#49 Harrison Morales - SS</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>2-10-PHI 35 (5:11) 9-James Bennett pass complete to 83-Gene Peoples to PHI 43 for 8 yards. Tackle by 51-Houston Cruise.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>PHI 43</t>
   </si>
   <si>
     <t>3-2-PHI 43 (4:48) 9-James Bennett pass Pass knocked down by 52-Raymond Young. incomplete, intended for 31-Stephan Haines.</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>4-2-PHI 43 (4:43) 19-David Spengler punts 52 yards to SJX 5.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>