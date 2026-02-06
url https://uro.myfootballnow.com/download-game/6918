--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -305,51 +305,51 @@
   <si>
     <t>#49 Santiago Veracruz - RB</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#55 Nathaniel Cappello - LDE</t>
   </si>
   <si>
     <t>#91 William Glover - DT</t>
   </si>
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#42 Nightmare Baker - SS</t>
   </si>
   <si>
     <t>#97 Troy Jimenez - MLB</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#22 William Guthrie - CB</t>
   </si>
   <si>
     <t>#13 Robert Holloway - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>SJX 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SJX 25 (15:00) 10-Jose Dixon pass complete to 14-Terence Loya to SJX 26 for 1 yards. Tackle by 40-Thomas Johnson.</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#9 James Bennett - QB</t>
   </si>
   <si>
     <t>#17 Jay Kay Jennings - FB</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#15 Melvin Gill - WR</t>
   </si>
   <si>
     <t>#14 Bebe Jetson - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#52 Troy Thorpe - LG</t>
   </si>
   <si>
     <t>#78 Moises Atkinson - C</t>
   </si>
   <si>
-    <t>#73 Neil Montoya - RG</t>
+    <t>#4 Neil Montoya - RT</t>
   </si>
   <si>
     <t>#68 Carlos Colburn - RT</t>
   </si>
   <si>
     <t>#94 Michael Thomas - SLB</t>
   </si>
   <si>
     <t>#52 Raymond Young - WLB</t>
   </si>
   <si>
     <t>#43 Stanley Licata - CB</t>
   </si>
   <si>
     <t>#29 Micheal Jasper - SS</t>
   </si>
   <si>
     <t>#22 Armand Grigsby - FS</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>PHI 36</t>
   </si>