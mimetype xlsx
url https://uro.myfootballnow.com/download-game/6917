--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -287,51 +287,51 @@
   <si>
     <t>SFX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Julian Nelson kicks 74 yards from CHI 35 to SFX -9. 43-Larry Ludwig to SFX 29 for 39 yards. Tackle by 17-Julian Nelson.</t>
   </si>
   <si>
     <t>#43 Larry Ludwig - FB</t>
   </si>
   <si>
     <t>#93 Noah Schaffer - MLB</t>
   </si>
   <si>
-    <t>#57 Thelonius Pilepush - DT</t>
+    <t>#97 Thelonius Pilepush - DT</t>
   </si>
   <si>
     <t>#72 William Moore - RDE</t>
   </si>
   <si>
     <t>#44 Miguel Harris - CB</t>
   </si>
   <si>
     <t>#51 Glen Lerman - MLB</t>
   </si>
   <si>
     <t>#34 Andrew Lashley - CB</t>
   </si>
   <si>
     <t>#99 James Hobbs - WLB</t>
   </si>
   <si>
     <t>#54 Duke Cluny - WLB</t>
   </si>
   <si>
     <t>#57 Tyrone Wright - MLB</t>
   </si>
   <si>
     <t>#90 Patrick Villarreal - RDE</t>
   </si>
@@ -494,108 +494,108 @@
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>SFX 43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-SFX 43 (11:07) 5-Adam Osorio punts 58 yards to CHI -1.4-6-SFX 43 (11:07) 5-Adam Osorio punts 58 yards to CHI -1. Touchback.</t>
   </si>
   <si>
     <t>#5 Adam Osorio - P</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
     <t>#71 Vlado Milunic - LG</t>
   </si>
   <si>
-    <t>#64 Earl Velasquez - LT</t>
+    <t>#64 Earl Velasquez - LG</t>
   </si>
   <si>
     <t>#68 Ricardo Im - LG</t>
   </si>
   <si>
     <t>#63 Richard Henderson - C</t>
   </si>
   <si>
     <t>#56 Midrare Porterhouse - MLB</t>
   </si>
   <si>
     <t>#98 Stanley Ardito - RDE</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 20 (10:59) 1-Michael Mullen sacked at CHI 10 for -10 yards (67-Henry Mask). Sack allowed by 62-Billy Holbrook.</t>
   </si>
   <si>
     <t>#3 Michael Mullen - QB</t>
   </si>
   <si>
     <t>#83 Gene Gepperth - TE</t>
   </si>
   <si>
     <t>#9 David Dye - WR</t>
   </si>
   <si>
     <t>#18 Ünench Tamirchin - WR</t>
   </si>
   <si>
     <t>#9 Laszlo  Wells - WR</t>
   </si>
   <si>
     <t>#65 Chop Duroc - RG</t>
   </si>
   <si>
-    <t>#75 Peter Milburn - LT</t>
-[...2 lines deleted...]
-    <t>#62 Billy Holbrook - C</t>
+    <t>#70 Peter Milburn - LT</t>
+  </si>
+  <si>
+    <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>#78 Scott Metheny - RG</t>
   </si>
   <si>
-    <t>#60 Jackie Mattson - LT</t>
+    <t>#67 Jackie Mattson - C</t>
   </si>
   <si>
     <t>#66 Walter Liang - DT</t>
   </si>
   <si>
     <t>#67 Henry Mask - DT</t>
   </si>
   <si>
     <t>#43 John Evans - FS</t>
   </si>
   <si>
     <t>#44 Guadalupe Orr - SS</t>
   </si>
   <si>
     <t>#42 Nicolas Savage - FS</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>CHI 10</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>Timeout CHI</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-CHI 47 (8:11) 14-David Campbell ran to SFX 49 for 4 yards. Tackle by 54-Craig Sommers.</t>
   </si>
   <si>
     <t>#7 David Campbell - RB</t>
   </si>
   <si>
     <t>#6 Brent Young - RB</t>
   </si>
   <si>
     <t>#81 William Williams - TE</t>
   </si>
   <si>
-    <t>#94 Craig Sommers - RDE</t>
+    <t>#64 Craig Sommers - RDE</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
     <t>SFX 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-6-SFX 49 (7:38) 3-Arlo  Dean ran to SFX 46 for 3 yards. Tackle by 57-Tyrone Wright.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>SFX 46</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-2-SFX 46 (6:58) 3-Arlo  Dean ran to SFX 47 for -1 yards. Tackle by 57-Tyrone Wright.</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>1-10-CHI 36 (0:25) 1-Michael Mullen pass complete to 80-Gene Gepperth to CHI 43 for 7 yards. Tackle by 51-Duke Cluny.</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>2-3-CHI 43 (0:20) 1-Michael Mullen pass complete to 9-David Dye to CHI 47 for 3 yards. Tackle by 34-Andrew Lashley.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>SFX 35</t>
   </si>
   <si>
     <t>(15:00) 13-Henry Vargas kicks 74 yards from SFX 35 to CHI -9. 42-Tommy Nowak to CHI 21 for 31 yards. Tackle by 34-Andrew Lashley.</t>
   </si>
   <si>
     <t>#42 Tommy Nowak - FS</t>
   </si>
   <si>
-    <t>#78 Paul Abreu - C</t>
+    <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#13 Henry Vargas - K</t>
   </si>
   <si>
     <t>CHI 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-CHI 21 (14:55) 3-Arlo  Dean ran to CHI 23 for 2 yards. Tackle by 59-Noah Schaffer.</t>
   </si>
   <si>
     <t>CHI 23</t>
   </si>
   <si>
     <t>2-8-CHI 23 (14:15) 14-David Campbell ran to CHI 25 for 2 yards. Tackle by 98-Walter Liang. 62-Billy Holbrook totally missed that block.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
@@ -2126,51 +2126,51 @@
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>