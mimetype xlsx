--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -290,51 +290,51 @@
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Julian Nelson kicks 74 yards from CHI 35 to SFX -9. 43-Larry Ludwig to SFX 29 for 39 yards. Tackle by 17-Julian Nelson.</t>
   </si>
   <si>
     <t>#43 Larry Ludwig - FB</t>
   </si>
   <si>
     <t>#93 Noah Schaffer - MLB</t>
   </si>
   <si>
     <t>#97 Thelonius Pilepush - DT</t>
   </si>
   <si>
-    <t>#72 William Moore - RDE</t>
+    <t>#96 William Moore - RDE</t>
   </si>
   <si>
     <t>#44 Miguel Harris - CB</t>
   </si>
   <si>
     <t>#51 Glen Lerman - MLB</t>
   </si>
   <si>
     <t>#34 Andrew Lashley - CB</t>
   </si>
   <si>
     <t>#99 James Hobbs - WLB</t>
   </si>
   <si>
     <t>#54 Duke Cluny - WLB</t>
   </si>
   <si>
     <t>#57 Tyrone Wright - MLB</t>
   </si>
   <si>
     <t>#90 Patrick Villarreal - RDE</t>
   </si>
   <si>
     <t>#17 Julian Nelson - K</t>
   </si>
@@ -344,51 +344,51 @@
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>SFX 29</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-SFX 29 (14:55) 1-Roy Willis pass complete to 80-Douglas Thompson to SFX 31 for 2 yards.</t>
   </si>
   <si>
     <t>#1 Roy Willis - QB</t>
   </si>
   <si>
     <t>#4 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#37 Brian Dixon - WR</t>
   </si>
   <si>
-    <t>#80 Douglas Thompson - TE</t>
+    <t>#76 Douglas Thompson - RG</t>
   </si>
   <si>
     <t>#17 William Schrupp - WR</t>
   </si>
   <si>
     <t>#55 David Bybee - LT</t>
   </si>
   <si>
     <t>#52 Todd Underhill - LG</t>
   </si>
   <si>
     <t>#56 Kenneth Quinones - C</t>
   </si>
   <si>
     <t>#70 Mickey Fisher - RG</t>
   </si>
   <si>
     <t>#73 Curtis Roman - RT</t>
   </si>
   <si>
     <t>#91 Yuri Youngblood - LDE</t>
   </si>
   <si>
     <t>#92 Donald Long - LDE</t>
   </si>