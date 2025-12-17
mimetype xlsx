--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -308,51 +308,51 @@
   <si>
     <t>#57 William Taylor - WLB</t>
   </si>
   <si>
     <t>#54 Machete Wilson - MLB</t>
   </si>
   <si>
     <t>#32 Damascus Sharpe - SS</t>
   </si>
   <si>
     <t>#94 Bart Simpson - LDE</t>
   </si>
   <si>
     <t>#68 Billy Reid - LDE</t>
   </si>
   <si>
     <t>#32 Kurt Dugan - RB</t>
   </si>
   <si>
     <t>#97 Bam Slammer - WLB</t>
   </si>
   <si>
     <t>#50 Carl Carter - MLB</t>
   </si>
   <si>
-    <t>#97 Edwin Morris - LDE</t>
+    <t>#59 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#96 Antonio Shelton - MLB</t>
   </si>
   <si>
     <t>#3 Albert Vester - K</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>MCX 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MCX 25 (15:00) 13-Daniel Daulton pass complete to 80-James Mears to MCX 27 for 2 yards. Tackle by 20-Bobito Juarez.</t>
   </si>
   <si>
     <t>#13 Daniel Daulton - QB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#64 Chalca Temple - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#73 Joaquin Saylor - RDE</t>
   </si>
   <si>
     <t>#56 Vazquez Chilindron - MLB</t>
   </si>
   <si>
     <t>#96 Thomas Garten - DT</t>
   </si>
   <si>
     <t>#55 Eric Berard - WLB</t>
   </si>
   <si>
-    <t>#45 Floyd Brown - CB</t>
+    <t>#45 Floyd Brown - FS</t>
   </si>
   <si>
     <t>#44 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#76 Clarence Carter - DT</t>
   </si>
   <si>
     <t>#21 Madison Rutherford - CB</t>
   </si>
   <si>
     <t>#20 Bobito Juarez - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MCX 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -464,54 +464,54 @@
   <si>
     <t>#57 Wade Tucker - MLB</t>
   </si>
   <si>
     <t>#43 Jeremy Bryant - FS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>MCX 48</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-17-MCX 48 (12:21) 13-Daniel Daulton pass complete to 30-Gordon Anderson to TJN 47 for 5 yards. Tackle by 20-Bobito Juarez. 30-Gordon Anderson breaks down the CB.</t>
   </si>
   <si>
     <t>#86 Christopher Fox - WR</t>
   </si>
   <si>
-    <t>#97 Dario Fernando Puebladura - LDE</t>
-[...2 lines deleted...]
-    <t>#54 Coco Carranza - SLB</t>
+    <t>#56 Dario Fernando Puebladura - MLB</t>
+  </si>
+  <si>
+    <t>#51 Coco Carranza - SS</t>
   </si>
   <si>
     <t>#24 Leo Moss - CB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>TJN 47</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>3-12-TJN 47 (11:41) 13-Daniel Daulton pass complete to 23-Stewart Murphy to TJN 40 for 7 yards. Tackle by 21-Madison Rutherford.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>TJN 40</t>
   </si>
@@ -557,75 +557,75 @@
   <si>
     <t>#30 Gerald Gardner - RB</t>
   </si>
   <si>
     <t>#38 Ronald Rivers - SS</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 25 (10:51) 2-Peter Wade ran to TJN 22 for -3 yards. Tackle by 24-George Moro.</t>
   </si>
   <si>
     <t>#18 PtahSokar  Osiris - QB</t>
   </si>
   <si>
     <t>#2 Peter Wade - RB</t>
   </si>
   <si>
-    <t>#89 Antonio Johnson - TE</t>
+    <t>#87 Antonio Johnson - TE</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
     <t>#5 Thomas Soderberg - WR</t>
   </si>
   <si>
     <t>#16 Daniel Hollon - WR</t>
   </si>
   <si>
     <t>#69 John Williams - LT</t>
   </si>
   <si>
     <t>#61 Kenneth Brown - LG</t>
   </si>
   <si>
     <t>#59 Alex Shannon - RG</t>
   </si>
   <si>
-    <t>#62 Evan Casillas - RG</t>
-[...2 lines deleted...]
-    <t>#68 Pharao Echnaton - RT</t>
+    <t>#66 Evan Casillas - RG</t>
+  </si>
+  <si>
+    <t>#58 Pharao Echnaton - RG</t>
   </si>
   <si>
     <t>#95 Danny Thrasher - LDE</t>
   </si>
   <si>
     <t>#98 Scott Vargas - DT</t>
   </si>
   <si>
     <t>#64 Jose Campbell - RDE</t>
   </si>
   <si>
     <t>#20 Daniel Prince - CB</t>
   </si>
   <si>
     <t>#25 Aaron White - CB</t>
   </si>
   <si>
     <t>#24 George Moro - CB</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>TJN 22</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>1-1-TJN 1 (2:12) 23-Stewart Murphy ran for 1 yards. TOUCHDOWN! MCX 38-Kurt Dugan was injured on the play. He looks like he should be able to return. MCX 65-Edward Rivera was injured on the play. He looks like he should be able to return. TJN 3 MCX 9</t>
   </si>
   <si>
     <t>#16 Albert Sutton - WR</t>
   </si>
   <si>
     <t>#65 Edward Rivera - C</t>
   </si>
   <si>
     <t>#75 Glenn Lewis - RG</t>
   </si>
   <si>
     <t>#37 Charles Ayala - WLB</t>
   </si>
   <si>
     <t>2:09</t>
   </si>
   <si>
     <t>TJN 15</t>
   </si>
   <si>
     <t>(2:10) Extra point GOOD by 19-Robert Rodriquez. TJN 3 MCX 10</t>
   </si>
   <si>
-    <t>#61 Willie Hill - RT</t>
+    <t>#61 Willie Hill - RG</t>
   </si>
   <si>
     <t>#71 Bradford Foster - LT</t>
   </si>
   <si>
     <t>(2:10) 19-Robert Rodriquez kicks 75 yards from MCX 35 to TJN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-TJN 25 (2:10) 2-Peter Wade ran to TJN 25 for a short loss. Tackle by 50-Carl Carter.</t>
   </si>
   <si>
     <t>#42 Daniel Sullivan - FB</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-TJN 25 (1:35) 2-Peter Wade ran to TJN 26 for 1 yards. Tackle by 97-Jose Campbell.</t>
   </si>