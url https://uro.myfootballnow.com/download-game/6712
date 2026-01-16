--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -281,78 +281,78 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MCX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TJN</t>
   </si>
   <si>
     <t>TJN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Albert Vester kicks 75 yards from TJN 35 to MCX -10. Touchback.</t>
   </si>
   <si>
-    <t>#30 Gordon Anderson - RB</t>
+    <t>#34 Gordon Anderson - RB</t>
   </si>
   <si>
     <t>#57 William Taylor - WLB</t>
   </si>
   <si>
     <t>#54 Machete Wilson - MLB</t>
   </si>
   <si>
     <t>#32 Damascus Sharpe - SS</t>
   </si>
   <si>
     <t>#94 Bart Simpson - LDE</t>
   </si>
   <si>
     <t>#68 Billy Reid - LDE</t>
   </si>
   <si>
     <t>#32 Kurt Dugan - RB</t>
   </si>
   <si>
     <t>#97 Bam Slammer - WLB</t>
   </si>
   <si>
     <t>#50 Carl Carter - MLB</t>
   </si>
   <si>
-    <t>#59 Edwin Morris - LDE</t>
+    <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#96 Antonio Shelton - MLB</t>
   </si>
   <si>
     <t>#3 Albert Vester - K</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>MCX 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MCX 25 (15:00) 13-Daniel Daulton pass complete to 80-James Mears to MCX 27 for 2 yards. Tackle by 20-Bobito Juarez.</t>
   </si>
   <si>
     <t>#13 Daniel Daulton - QB</t>
   </si>
@@ -374,54 +374,54 @@
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#64 Chalca Temple - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#73 Joaquin Saylor - RDE</t>
   </si>
   <si>
     <t>#56 Vazquez Chilindron - MLB</t>
   </si>
   <si>
     <t>#96 Thomas Garten - DT</t>
   </si>
   <si>
     <t>#55 Eric Berard - WLB</t>
   </si>
   <si>
-    <t>#45 Floyd Brown - FS</t>
-[...2 lines deleted...]
-    <t>#44 Thomas Najera - CB</t>
+    <t>#45 Floyd Brown - WLB</t>
+  </si>
+  <si>
+    <t>#27 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#76 Clarence Carter - DT</t>
   </si>
   <si>
     <t>#21 Madison Rutherford - CB</t>
   </si>
   <si>
     <t>#20 Bobito Juarez - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MCX 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -569,54 +569,54 @@
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 25 (10:51) 2-Peter Wade ran to TJN 22 for -3 yards. Tackle by 24-George Moro.</t>
   </si>
   <si>
     <t>#18 PtahSokar  Osiris - QB</t>
   </si>
   <si>
     <t>#2 Peter Wade - RB</t>
   </si>
   <si>
     <t>#87 Antonio Johnson - TE</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
     <t>#5 Thomas Soderberg - WR</t>
   </si>
   <si>
     <t>#16 Daniel Hollon - WR</t>
   </si>
   <si>
-    <t>#69 John Williams - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kenneth Brown - LG</t>
+    <t>#79 John Williams - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Brown - LG</t>
   </si>
   <si>
     <t>#59 Alex Shannon - RG</t>
   </si>
   <si>
     <t>#66 Evan Casillas - RG</t>
   </si>
   <si>
     <t>#58 Pharao Echnaton - RG</t>
   </si>
   <si>
     <t>#95 Danny Thrasher - LDE</t>
   </si>
   <si>
     <t>#98 Scott Vargas - DT</t>
   </si>
   <si>
     <t>#64 Jose Campbell - RDE</t>
   </si>
   <si>
     <t>#20 Daniel Prince - CB</t>
   </si>
   <si>
     <t>#25 Aaron White - CB</t>
   </si>