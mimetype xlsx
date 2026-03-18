--- v2 (2026-01-16)
+++ v3 (2026-03-18)
@@ -332,51 +332,51 @@
   <si>
     <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#96 Antonio Shelton - MLB</t>
   </si>
   <si>
     <t>#3 Albert Vester - K</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>MCX 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MCX 25 (15:00) 13-Daniel Daulton pass complete to 80-James Mears to MCX 27 for 2 yards. Tackle by 20-Bobito Juarez.</t>
   </si>
   <si>
-    <t>#13 Daniel Daulton - QB</t>
+    <t>#9 Daniel Daulton - QB</t>
   </si>
   <si>
     <t>#45 Isaac Garcia - FB</t>
   </si>
   <si>
     <t>#80 James Mears - TE</t>
   </si>
   <si>
     <t>#81 James Cook - TE</t>
   </si>
   <si>
     <t>#65 Joseph Russ - LT</t>
   </si>
   <si>
     <t>#61 Jackie Day - LG</t>
   </si>
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#64 Chalca Temple - RT</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#30 Gerald Gardner - RB</t>
   </si>
   <si>
     <t>#38 Ronald Rivers - SS</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-TJN 25 (10:51) 2-Peter Wade ran to TJN 22 for -3 yards. Tackle by 24-George Moro.</t>
   </si>
   <si>
     <t>#18 PtahSokar  Osiris - QB</t>
   </si>
   <si>
     <t>#2 Peter Wade - RB</t>
   </si>
   <si>
-    <t>#87 Antonio Johnson - TE</t>
+    <t>#85 Antonio Johnson - TE</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
     <t>#5 Thomas Soderberg - WR</t>
   </si>
   <si>
     <t>#16 Daniel Hollon - WR</t>
   </si>
   <si>
     <t>#79 John Williams - LT</t>
   </si>
   <si>
     <t>#62 Kenneth Brown - LG</t>
   </si>
   <si>
     <t>#59 Alex Shannon - RG</t>
   </si>
   <si>
     <t>#66 Evan Casillas - RG</t>
   </si>
   <si>
     <t>#58 Pharao Echnaton - RG</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-4-TJN 47 (7:33) 11-PtahSokar  Osiris pass complete to 5-Thomas Soderberg to TJN 47 for a short gain. Tackle by 40-Edwin Morris.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-TJN 47 (7:01) 1-Robert Messing punts 52 yards to MCX 1.</t>
   </si>
   <si>
     <t>#1 Robert Messing - P</t>
   </si>
   <si>
     <t>#60 Marcus Lara - RG</t>
   </si>
   <si>
-    <t>#51 John Grimmer - RT</t>
+    <t>#65 John Grimmer - RG</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>MCX 1</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-MCX 1 (6:51) 13-Daniel Daulton pass complete to 30-Gordon Anderson to MCX 1 for a short gain. Tackle by 44-Thomas Najera.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-MCX 1 (6:08) 13-Daniel Daulton pass incomplete, intended for 80-James Mears.</t>
   </si>
   <si>
     <t>6:04</t>
   </si>