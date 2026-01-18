--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -362,51 +362,51 @@
   <si>
     <t>#30 Wheels Watson - RB</t>
   </si>
   <si>
     <t>#31 Robert Hardy - FB</t>
   </si>
   <si>
     <t>#88 Berkeley  Reynolds - TE</t>
   </si>
   <si>
     <t>#85 Daryl Dixon - WR</t>
   </si>
   <si>
     <t>#12 Antonio Carr - WR</t>
   </si>
   <si>
     <t>#60 Kenneth Dowdy - LT</t>
   </si>
   <si>
     <t>#63 Brian Feldman - RG</t>
   </si>
   <si>
     <t>#58 James West - C</t>
   </si>
   <si>
-    <t>#64 Steven Jacobson - RT</t>
+    <t>#66 Steven Jacobson - LG</t>
   </si>
   <si>
     <t>#76 Harold Fischer - RT</t>
   </si>
   <si>
     <t>#79 Ronald Champagne - LDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#93 Herb McNatt - DT</t>
   </si>
   <si>
     <t>#44 William Catron - RDE</t>
   </si>
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
     <t>#90 Irving Larson - MLB</t>
   </si>
@@ -1040,51 +1040,51 @@
   <si>
     <t>1-10-TOY 25 (11:43) PENALTY - False Start (TOY 18-William Talbert)</t>
   </si>
   <si>
     <t>1-15-TOY 20 (11:43) 18-William Talbert pass complete to 82-Joel Ervin to TOY 23 for 3 yards. Tackle by 96-William Ward.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>TOY 23</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-12-TOY 23 (11:03) 29-Scott Alexander ran to TOY 25 for 2 yards. Tackle by 97-Sherman Foster. TOY 62-Theodore Wallman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>3-10-TOY 25 (10:24) 18-William Talbert pass complete to 30-Kenjiri Osako to TOY 38 for 13 yards. Tackle by 34-Jamie Jones. Nice job by 30-Kenjiri Osako on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#62 Kevin McDonald - C</t>
+    <t>#71 Kevin McDonald - C</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>TOY 38</t>
   </si>
   <si>
     <t>1-10-TOY 38 (9:40) 18-William Talbert pass complete to 86-Tony Lynch to TOY 43 for 5 yards. Tackle by 65-Peter Moses.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>TOY 43</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-5-TOY 43 (8:55) PENALTY - False Start (TOY 61-Christopher Swift)</t>
   </si>