--- v1 (2026-01-18)
+++ v2 (2026-03-19)
@@ -368,51 +368,51 @@
   <si>
     <t>#88 Berkeley  Reynolds - TE</t>
   </si>
   <si>
     <t>#85 Daryl Dixon - WR</t>
   </si>
   <si>
     <t>#12 Antonio Carr - WR</t>
   </si>
   <si>
     <t>#60 Kenneth Dowdy - LT</t>
   </si>
   <si>
     <t>#63 Brian Feldman - RG</t>
   </si>
   <si>
     <t>#58 James West - C</t>
   </si>
   <si>
     <t>#66 Steven Jacobson - LG</t>
   </si>
   <si>
     <t>#76 Harold Fischer - RT</t>
   </si>
   <si>
-    <t>#79 Ronald Champagne - LDE</t>
+    <t>#99 Ronald Champagne - RDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#93 Herb McNatt - DT</t>
   </si>
   <si>
     <t>#44 William Catron - RDE</t>
   </si>
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
     <t>#90 Irving Larson - MLB</t>
   </si>
   <si>
     <t>#20 Joshua Holloway - CB</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>#4 Mark Dodd - LG</t>
   </si>
   <si>
     <t>#65 Dean Bowie - LDE</t>
   </si>
   <si>
     <t>#25 Shogun Kamimura - FS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>TOY 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-TOY 27 (13:36) 29-Scott Alexander ran to TOY 39 for 12 yards. Tackle by 36-John Smith Jr..</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
+    <t>#6 William Talbert - QB</t>
   </si>
   <si>
     <t>#29 Scott Alexander - RB</t>
   </si>
   <si>
     <t>#86 Tony Lynch - RB</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>
   <si>
     <t>#88 Joel Ervin - WR</t>
   </si>
   <si>
     <t>#84 Micheal Townsend - WR</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
     <t>#74 Donnell Donaldson - LG</t>
   </si>
   <si>
     <t>#69 Matthew Bruckner - C</t>
   </si>
@@ -2218,51 +2218,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="454.032" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>