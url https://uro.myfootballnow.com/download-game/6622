--- v0 (2025-10-29)
+++ v1 (2025-11-18)
@@ -677,51 +677,51 @@
   <si>
     <t>#9 Laszlo  Wells - WR</t>
   </si>
   <si>
     <t>#75 Peter Milburn - LT</t>
   </si>
   <si>
     <t>#61 Wawa Hoagie - LG</t>
   </si>
   <si>
     <t>#77 Thad Harris - LDE</t>
   </si>
   <si>
     <t>#73 Andre Payne - DT</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#66 Wendell Wallace - RDE</t>
   </si>
   <si>
     <t>#98 Ralph Masters - SLB</t>
   </si>
   <si>
-    <t>#96 David Stell - MLB</t>
+    <t>#92 David Stell - MLB</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-2-CHI 33 (8:26) 3-Arlo  Dean ran to CHI 36 for 4 yards. Tackle by 96-David Stell. SHI 66-Wendell Wallace was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Juice Baster - RB</t>
   </si>
   <si>
     <t>#81 William Williams - TE</t>
   </si>
   <si>
     <t>#50 Rene Stephens - LDE</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>