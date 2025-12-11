--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -293,51 +293,51 @@
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Julian Nelson kicks 71 yards from CHI 35 to SHI -6. Touchback.</t>
   </si>
   <si>
     <t>#14 William Thomas - WR</t>
   </si>
   <si>
     <t>#59 Mathew Snelling - WLB</t>
   </si>
   <si>
     <t>#28 Arthur Pettigrew - CB</t>
   </si>
   <si>
     <t>#39 Sheldon Snead - SS</t>
   </si>
   <si>
-    <t>#28 Juan Sharpless - FS</t>
+    <t>#21 Juan Sharpless - FS</t>
   </si>
   <si>
     <t>#23 Michel Silberman - CB</t>
   </si>
   <si>
     <t>#90 Bartholomew Roberts - MLB</t>
   </si>
   <si>
     <t>#37 Daniel Daniels - CB</t>
   </si>
   <si>
     <t>#43 Robert White - SS</t>
   </si>
   <si>
     <t>#25 Jamal Leonard - CB</t>
   </si>
   <si>
     <t>#37 Dean Diaz - FS</t>
   </si>
   <si>
     <t>#17 Julian Nelson - K</t>
   </si>
   <si>
     <t>SHI</t>
   </si>
@@ -626,81 +626,81 @@
   <si>
     <t>#57 Steve Irwin - LT</t>
   </si>
   <si>
     <t>#78 Ned Temple - C</t>
   </si>
   <si>
     <t>#62 Christopher Masterson - RT</t>
   </si>
   <si>
     <t>#70 Frank Simmons - LT</t>
   </si>
   <si>
     <t>#60 Colonel Douglas Mortimer - LT</t>
   </si>
   <si>
     <t>SHI 35</t>
   </si>
   <si>
     <t>(9:12) 10-John Simon kicks 75 yards from SHI 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
-    <t>#78 Paul Abreu - C</t>
+    <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#31 Joseph Case - FB</t>
   </si>
   <si>
-    <t>#62 Billy Holbrook - C</t>
+    <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CHI 25 (9:12) 1-Michael Mullen pass complete to 3-Arlo  Dean to CHI 33 for 8 yards. Tackle by 54-Bartholomew Roberts.</t>
   </si>
   <si>
     <t>#3 Michael Mullen - QB</t>
   </si>
   <si>
     <t>#83 Gene Gepperth - TE</t>
   </si>
   <si>
     <t>#9 David Dye - WR</t>
   </si>
   <si>
     <t>#9 Laszlo  Wells - WR</t>
   </si>
   <si>
-    <t>#75 Peter Milburn - LT</t>
+    <t>#70 Peter Milburn - LT</t>
   </si>
   <si>
     <t>#61 Wawa Hoagie - LG</t>
   </si>
   <si>
     <t>#77 Thad Harris - LDE</t>
   </si>
   <si>
     <t>#73 Andre Payne - DT</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#66 Wendell Wallace - RDE</t>
   </si>
   <si>
     <t>#98 Ralph Masters - SLB</t>
   </si>
   <si>
     <t>#92 David Stell - MLB</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
@@ -920,51 +920,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-1-SHI 31 (0:13) 7-Ronald Reece ran to SHI 28 for 3 yards. Tackle by 92-Ralph Masters. 31-Joseph Case was completely beat on that play.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>SHI 28</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-SHI 28 (15:00) 3-Arlo  Dean ran to SHI 28 for a short gain. Tackle by 37-Daniel Daniels.</t>
   </si>
   <si>
-    <t>#60 Jackie Mattson - LT</t>
+    <t>#67 Jackie Mattson - C</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-10-SHI 28 (14:25) 3-Arlo  Dean ran to SHI 13 for 15 yards. Tackle by 96-David Stell.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>SHI 13</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-SHI 13 (13:42) 4-Juice Baster ran to SHI 10 for 3 yards. Tackle by 77-Thad Harris.</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
@@ -977,54 +977,54 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-SHI 10 (13:05) 1-Michael Mullen pass incomplete, intended for 9-David Dye. 43-Robert White got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>3-7-SHI 10 (13:01) 4-Juice Baster ran to SHI 4 for 7 yards. Tackle by 39-Sheldon Snead.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>SHI 4</t>
   </si>
   <si>
     <t>4-1-SHI 4 (12:15) PENALTY - False Start (CHI 64-Frank Simmons)</t>
   </si>
   <si>
     <t>#2 Milton Lepage - QB</t>
   </si>
   <si>
-    <t>#77 Micheal Wilson - C</t>
-[...2 lines deleted...]
-    <t>#51 Douglas Medina - DT</t>
+    <t>#77 Micheal Wilson - RT</t>
+  </si>
+  <si>
+    <t>#58 Douglas Medina - DT</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>SHI 9</t>
   </si>
   <si>
     <t>4-6-SHI 9 (12:15) 17-Julian Nelson 26 yard field goal is GOOD. SHI 7 CHI 3</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>(12:13) 17-Julian Nelson kicks 75 yards from CHI 35 to SHI -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SHI 25 (12:13) 5-Tony Russell pass complete to 19-Kyle Carter to SHI 40 for 15 yards. Tackle by 20-Vincent Koch.</t>
   </si>