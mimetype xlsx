--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-SHI 25 (15:00) 5-Tony Russell pass complete to 88-Francis Ford Coppola to SHI 30 for 5 yards. Tackle by 20-Vincent Koch. 53-Midrare Porterhouse got away with a hold on that play.</t>
   </si>
   <si>
     <t>#5 Tony Russell - QB</t>
   </si>
   <si>
     <t>#82 Kevin Woods - RB</t>
   </si>
   <si>
     <t>#82 Francis Ford Coppola - TE</t>
   </si>
   <si>
     <t>#89 Robert Behrens - TE</t>
   </si>
   <si>
     <t>#19 Kyle Carter - WR</t>
   </si>
   <si>
     <t>#86 Todd Rickey - WR</t>
   </si>
   <si>
     <t>#78 Jason Martin - LT</t>
   </si>
   <si>
-    <t>#63 Noah Jacques - LG</t>
+    <t>#79 Noah Jacques - LG</t>
   </si>
   <si>
     <t>#76 James Villanueva - C</t>
   </si>
   <si>
     <t>#56 Leonard Witt - RG</t>
   </si>
   <si>
     <t>#71 Joseph McKenzie - RT</t>
   </si>
   <si>
     <t>#91 Yuri Youngblood - LDE</t>
   </si>
   <si>
     <t>#94 James Lord - DT</t>
   </si>
   <si>
     <t>#93 Abraham Oswald - DT</t>
   </si>
   <si>
     <t>#90 Porterhouse Prime - RDE</t>
   </si>
   <si>
     <t>#52 Easton May  - SLB</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CHI 41 (11:45) 5-Tony Russell pass complete to 88-Francis Ford Coppola to CHI 33 for 8 yards. Tackle by 23-Joseph Prewitt.</t>
   </si>
   <si>
     <t>#15 Tyler Hopkins - RB</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>CHI 33</t>
   </si>
   <si>
     <t>2-2-CHI 33 (11:04) 5-Tony Russell pass complete to 85-Bobby Bradford to CHI 22 for 12 yards. Tackle by 56-Dean Hanes.</t>
   </si>
   <si>
-    <t>#58 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - WLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>CHI 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CHI 22 (10:29) 18-Carucha  Muller ran to CHI 11 for 11 yards. Tackle by 23-Joseph Prewitt.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>CHI 11</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:12) Extra point GOOD by 10-John Simon. SHI 7 CHI 0</t>
   </si>
   <si>
     <t>#3 Martin Hardesty - P</t>
   </si>
   <si>
     <t>#10 John Simon - K</t>
   </si>
   <si>
     <t>#68 Bash Henderson - RG</t>
   </si>
   <si>
     <t>#57 Steve Irwin - LT</t>
   </si>
   <si>
     <t>#78 Ned Temple - C</t>
   </si>
   <si>
     <t>#62 Christopher Masterson - RT</t>
   </si>
   <si>
-    <t>#70 Frank Simmons - LT</t>
+    <t>#55 Frank Simmons - LT</t>
   </si>
   <si>
     <t>#60 Colonel Douglas Mortimer - LT</t>
   </si>
   <si>
     <t>SHI 35</t>
   </si>
   <si>
     <t>(9:12) 10-John Simon kicks 75 yards from SHI 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
     <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#31 Joseph Case - FB</t>
   </si>
   <si>
     <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>