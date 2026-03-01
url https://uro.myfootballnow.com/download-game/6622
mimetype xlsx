--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -509,51 +509,51 @@
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CHI 41 (11:45) 5-Tony Russell pass complete to 88-Francis Ford Coppola to CHI 33 for 8 yards. Tackle by 23-Joseph Prewitt.</t>
   </si>
   <si>
     <t>#15 Tyler Hopkins - RB</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>CHI 33</t>
   </si>
   <si>
     <t>2-2-CHI 33 (11:04) 5-Tony Russell pass complete to 85-Bobby Bradford to CHI 22 for 12 yards. Tackle by 56-Dean Hanes.</t>
   </si>
   <si>
-    <t>#52 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - MLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>CHI 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CHI 22 (10:29) 18-Carucha  Muller ran to CHI 11 for 11 yards. Tackle by 23-Joseph Prewitt.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>CHI 11</t>
   </si>