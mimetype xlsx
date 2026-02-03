--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -353,81 +353,81 @@
   <si>
     <t>1-10-SHI 25 (15:00) 5-Tony Russell pass Pass knocked down by 20-Hector Sandoval. incomplete, intended for 19-Kyle Carter. 20-Hector Sandoval got away with a hold on that play.</t>
   </si>
   <si>
     <t>#5 Tony Russell - QB</t>
   </si>
   <si>
     <t>#82 Kevin Woods - RB</t>
   </si>
   <si>
     <t>#82 Francis Ford Coppola - TE</t>
   </si>
   <si>
     <t>#89 Robert Behrens - TE</t>
   </si>
   <si>
     <t>#19 Kyle Carter - WR</t>
   </si>
   <si>
     <t>#86 Todd Rickey - WR</t>
   </si>
   <si>
     <t>#78 Jason Martin - LT</t>
   </si>
   <si>
-    <t>#63 Noah Jacques - LG</t>
+    <t>#79 Noah Jacques - LG</t>
   </si>
   <si>
     <t>#76 James Villanueva - C</t>
   </si>
   <si>
     <t>#56 Leonard Witt - RG</t>
   </si>
   <si>
     <t>#71 Joseph McKenzie - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#93 P.J. Yamada - RDE</t>
   </si>
   <si>
     <t>#92 Stamp Rogers - LDE</t>
   </si>
   <si>
     <t>#97 Herbert Jenkins - RDE</t>
   </si>
   <si>
     <t>#57 Archie Dark - SLB</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#26 Duane Farr - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-SHI 25 (14:57) 82-Kevin Woods ran to SHI 25 for a short gain. Tackle by 54-Tsawa Gangan. 85-Bobby Bradford was caught flat-footed on this play. 85-Bobby Bradford missed that block completely.</t>
   </si>
@@ -464,51 +464,51 @@
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>Timeout SHI</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>LGS 37</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-LGS 37 (13:08) 5-Tony Russell pass complete to 89-Robert Behrens to LGS 11 for 26 yards. Tackle by 4-Lance  Archer.</t>
   </si>
   <si>
     <t>#53 David Joyce - RDE</t>
   </si>
   <si>
     <t>#55 Lawrence Tackleton - WLB</t>
   </si>
   <si>
-    <t>#56 Christopher Butler - MLB</t>
+    <t>#59 Christopher Butler - MLB</t>
   </si>
   <si>
     <t>#25 Lance  Archer - CB</t>
   </si>
   <si>
     <t>#24 Robert McNew - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>LGS 11</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-LGS 11 (12:24) 5-Tony Russell pass Pass knocked down by 20-Hector Sandoval. incomplete, intended for 19-Kyle Carter.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
@@ -593,60 +593,60 @@
   <si>
     <t>#78 Scott Metheny - RG</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (11:40) 2-Charles Jackson ran to LGS 26 for 1 yards. Tackle by 79-Clarence Rollins.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#42 Gregg Shipe - FB</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#82 Lynn Giles - WR</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#77 Thad Harris - LDE</t>
   </si>
   <si>
     <t>#73 Andre Payne - DT</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#66 Wendell Wallace - RDE</t>
   </si>
   <si>
     <t>#98 Ralph Masters - SLB</t>
   </si>