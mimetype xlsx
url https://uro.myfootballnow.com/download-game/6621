--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -587,51 +587,51 @@
   <si>
     <t>#44 Jeffrey Delarosa - FB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>#78 Scott Metheny - RG</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (11:40) 2-Charles Jackson ran to LGS 26 for 1 yards. Tackle by 79-Clarence Rollins.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
-    <t>#42 Charles Jackson - RB</t>
+    <t>#42 Charles Jackson - LT</t>
   </si>
   <si>
     <t>#42 Gregg Shipe - FB</t>
   </si>
   <si>
     <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#82 Lynn Giles - WR</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
     <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>