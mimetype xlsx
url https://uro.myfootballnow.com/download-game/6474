--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -299,132 +299,132 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Richard Reynolds kicks 75 yards from BAX 35 to SJX -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Santiago Veracruz - RB</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#22 William Guthrie - CB</t>
   </si>
   <si>
     <t>#68 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
     <t>#42 Nightmare Baker - SS</t>
   </si>
   <si>
-    <t>#53 Troy Jimenez - MLB</t>
+    <t>#97 Troy Jimenez - MLB</t>
   </si>
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#71 Richard Gary - LDE</t>
   </si>
   <si>
     <t>#95 David Alvarez - WLB</t>
   </si>
   <si>
     <t>#99 Surge Leone - MLB</t>
   </si>
   <si>
-    <t>#3 Richard Reynolds - K</t>
+    <t>#15 Richard Reynolds - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>SJX 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SJX 25 (15:00) 25-Santiago Veracruz ran to SJX 28 for 3 yards. Tackle by 56-Thomas Good.</t>
   </si>
   <si>
     <t>#10 Jose Dixon - QB</t>
   </si>
   <si>
     <t>#42 Brian Nassar - FB</t>
   </si>
   <si>
     <t>#14 Terence Loya - WR</t>
   </si>
   <si>
     <t>#17 Uly Downs - WR</t>
   </si>
   <si>
     <t>#85 Doug Kelly - WR</t>
   </si>
   <si>
     <t>#61 Brian Hill - LT</t>
   </si>
   <si>
     <t>#64 Jerry Hawkins - LG</t>
   </si>
   <si>
     <t>#74 Alan Durant - C</t>
   </si>
   <si>
     <t>#72 Willie Sadler - RT</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#92 Derrick Taylor - LDE</t>
   </si>
   <si>
-    <t>#91 Paul Thompson - DT</t>
+    <t>#99 Paul Thompson - DT</t>
   </si>
   <si>
     <t>#94 Bruce Nguyen - DT</t>
   </si>
   <si>
     <t>#98 Flecha Envenada - SLB</t>
   </si>
   <si>
     <t>#96 Bradley Blanchard - MLB</t>
   </si>
   <si>
     <t>#56 Thomas Good - WLB</t>
   </si>
   <si>
-    <t>#24 George Jetson - CB</t>
+    <t>#24 George Jetson - DT</t>
   </si>
   <si>
     <t>#28 Logan Luna - CB</t>
   </si>
   <si>
     <t>#46 Philip Larkin - FS</t>
   </si>
   <si>
     <t>#22 Henry Ford - FS</t>
   </si>
   <si>
     <t>#24 Raymond Hall - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>SJX 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-SJX 36 (13:44) 10-Jose Dixon pass complete to 25-Santiago Veracruz to SJX 38 for 2 yards. Tackle by 47-George Jetson.</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>SJX 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-8-SJX 38 (13:07) 10-Jose Dixon pass Pass knocked down by 47-George Jetson. incomplete, intended for 14-Terence Loya.</t>
   </si>
   <si>
     <t>#46 Dominic Keller - RB</t>
   </si>
   <si>
-    <t>#44 Rafael Balvin - RB</t>
+    <t>#44 Rafael Balvin - FB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>3-8-SJX 38 (13:04) 25-Santiago Veracruz ran to SJX 42 for 4 yards. Tackle by 58-Flecha Envenada.</t>
   </si>
   <si>
     <t>#35 Morris Roark - CB</t>
   </si>
   <si>
     <t>#45 Russell Hernandez - SS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>SJX 42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -1073,51 +1073,51 @@
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>SJX 40</t>
   </si>
   <si>
     <t>1-10-SJX 40 (8:32) 5-Donovan McNabb Jr. pass complete to 83-John Burns to SJX 38 for 1 yards. Tackle by 20-James Shirley.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-9-SJX 38 (7:46) 5-Donovan McNabb Jr. pass complete to 42-Mark Shannon to SJX 22 for 16 yards. Tackle by 22-Armand Grigsby.</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>1-10-SJX 22 (7:05) 30-Paul Schmidt ran to SJX 14 for 8 yards. Tackle by 49-Harrison Morales.</t>
   </si>
   <si>
-    <t>#49 Harrison Morales - FS</t>
+    <t>#49 Harrison Morales - SS</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>SJX 14</t>
   </si>
   <si>
     <t>2-2-SJX 14 (6:28) 5-Donovan McNabb Jr. pass incomplete, intended for 86-Lionel Knox.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>3-2-SJX 14 (6:27) 5-Donovan McNabb Jr. pass complete to 30-Paul Schmidt to SJX 12 for 3 yards. Tackle by 29-Micheal Jasper.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>SJX 12</t>
   </si>
@@ -2213,52 +2213,52 @@
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>