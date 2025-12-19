--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -311,75 +311,75 @@
   <si>
     <t>#95 Finn McCool - DT</t>
   </si>
   <si>
     <t>#32 Thomas Wren - CB</t>
   </si>
   <si>
     <t>#55 Stephen Moyer - DT</t>
   </si>
   <si>
     <t>#30 Morgan Freeman - CB</t>
   </si>
   <si>
     <t>#43 Darrell Witherell - CB</t>
   </si>
   <si>
     <t>#57 Leroy Brown - WLB</t>
   </si>
   <si>
     <t>#90 Oscar Rose - LDE</t>
   </si>
   <si>
     <t>#98 Bruise Brannigan - SLB</t>
   </si>
   <si>
-    <t>#41 Carlos Crabtree - MLB</t>
+    <t>#54 Carlos Crabtree - SLB</t>
   </si>
   <si>
     <t>#19 Robert Rodriquez - K</t>
   </si>
   <si>
     <t>DUB</t>
   </si>
   <si>
     <t>DUB 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DUB 25 (15:00) 89-Dustin Aiken ran to DUB 39 for 14 yards. Tackle by 32-Damascus Sharpe.</t>
   </si>
   <si>
     <t>#6 Farnie Wilson - QB</t>
   </si>
   <si>
-    <t>#89 Dustin Aiken - RB</t>
+    <t>#49 Dustin Aiken - RB</t>
   </si>
   <si>
     <t>#39 James Johnson - FB</t>
   </si>
   <si>
     <t>#81 Robert Fields - WR</t>
   </si>
   <si>
     <t>#87 Cú  Chulainn - WR</t>
   </si>
   <si>
     <t>#24 Christopher Beach - WR</t>
   </si>
   <si>
     <t>#75 Wayne Flemming - LT</t>
   </si>
   <si>
     <t>#50 Theodore Harris - LG</t>
   </si>
   <si>
     <t>#76 Ronnie Myers - C</t>
   </si>
   <si>
     <t>#72 Jonathan Matthews - LT</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>1-10-MCX 49 (12:52) 17-Jeremy Perez ran to MCX 44 for 4 yards. Tackle by 40-David Lopez.</t>
   </si>
   <si>
     <t>#17 Jeremy Perez - RB</t>
   </si>
   <si>
     <t>#27 Larry McAlpine - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>MCX 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-MCX 44 (12:07) 89-Dustin Aiken ran to MCX 39 for 5 yards. Tackle by 50-Carl Carter.</t>
   </si>
   <si>
-    <t>#82 Keith Shuey - TE</t>
+    <t>#89 Keith Shuey - TE</t>
   </si>
   <si>
     <t>#99 Shawn Shackelford - RDE</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>MCX 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-1-MCX 39 (11:30) 17-Jeremy Perez ran to MCX 31 for 8 yards. Tackle by 32-Damascus Sharpe.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>MCX 31</t>
   </si>