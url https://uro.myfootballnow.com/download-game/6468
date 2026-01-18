--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -695,51 +695,51 @@
   <si>
     <t>#16 Albert Sutton - WR</t>
   </si>
   <si>
     <t>#75 Gordon Arellano - LT</t>
   </si>
   <si>
     <t>#61 Alfred Farley - LG</t>
   </si>
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#65 Ike Nwonda - RG</t>
   </si>
   <si>
     <t>#64 Mark Bullington - RT</t>
   </si>
   <si>
     <t>#91 Ronald Howe - MLB</t>
   </si>
   <si>
     <t>#42 Daniel Taylor - CB</t>
   </si>
   <si>
-    <t>#20 Joseph Cano - FS</t>
+    <t>#20 Joseph Cano - SS</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>MCX 27</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-8-MCX 27 (5:57) 13-Daniel Daulton pass complete to 84-James Mears to MCX 32 for 4 yards. Tackle by 42-Daniel Taylor.</t>
   </si>
   <si>
     <t>#22 Tuxedo Taylor - RB</t>
   </si>
   <si>
     <t>#81 Brian Williams - TE</t>
   </si>
   <si>
     <t>#71 Gregory Volkman - LDE</t>
   </si>
   <si>
     <t>5:19</t>
   </si>