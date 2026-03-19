--- v2 (2026-01-18)
+++ v3 (2026-03-19)
@@ -659,51 +659,51 @@
   <si>
     <t>#92 Hubert Jimenez - WLB</t>
   </si>
   <si>
     <t>DUB 35</t>
   </si>
   <si>
     <t>(6:38) 7-Brandon Johnson kicks 74 yards from DUB 35 to MCX -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Lino Jarvis - WR</t>
   </si>
   <si>
     <t>MCX 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MCX 25 (6:38) 38-David Raynor ran to MCX 27 for 2 yards. Tackle by 59-Leroy Brown.</t>
   </si>
   <si>
-    <t>#13 Daniel Daulton - QB</t>
+    <t>#9 Daniel Daulton - QB</t>
   </si>
   <si>
     <t>#38 David Raynor - RB</t>
   </si>
   <si>
     <t>#34 Fred Miller - FB</t>
   </si>
   <si>
     <t>#80 James Mears - TE</t>
   </si>
   <si>
     <t>#16 Albert Sutton - WR</t>
   </si>
   <si>
     <t>#75 Gordon Arellano - LT</t>
   </si>
   <si>
     <t>#61 Alfred Farley - LG</t>
   </si>
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#65 Ike Nwonda - RG</t>
   </si>
@@ -2074,51 +2074,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="313.638" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>