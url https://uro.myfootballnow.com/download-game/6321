--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -368,57 +368,57 @@
   <si>
     <t>#88 Ulysses Dodson - TE</t>
   </si>
   <si>
     <t>#81 Jude Oconnor - WR</t>
   </si>
   <si>
     <t>#18 Charles Castillo - WR</t>
   </si>
   <si>
     <t>#70 Grant Vanwagenen - LT</t>
   </si>
   <si>
     <t>#77 Mack Henderson - LG</t>
   </si>
   <si>
     <t>#73 Jacques Barnett - C</t>
   </si>
   <si>
     <t>#75 Reginald Davis - LT</t>
   </si>
   <si>
     <t>#65 Stephen Friedman - LT</t>
   </si>
   <si>
-    <t>#97 Tsawa Gangan - LDE</t>
+    <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#94 Wayne Coltrane - LDE</t>
+    <t>#38 Wayne Coltrane - FS</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
     <t>#52 James Cassette - WLB</t>
   </si>
   <si>
     <t>#55 Pedro Dunn - MLB</t>
   </si>
   <si>
     <t>#55 Lawrence Tackleton - WLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#26 Duane Farr - SS</t>
   </si>