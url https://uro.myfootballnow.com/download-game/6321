--- v1 (2025-11-18)
+++ v2 (2025-12-31)
@@ -509,51 +509,51 @@
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-9-VAN 38 (12:11) 26-Roy Atherton ran to VAN 35 for -3 yards. Tackle by 55-Lawrence Tackleton.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-VAN 35 (11:34) 17-Craig Miller punts 48 yards to LGS 17. 1-Jackson James to LGS 20 for 3 yards. Tackle by 34-Leopold Van Leer.</t>
   </si>
   <si>
     <t>#10 Craig Miller - P</t>
   </si>
   <si>
-    <t>#62 John Piper - C</t>
+    <t>#75 John Piper - LG</t>
   </si>
   <si>
     <t>#32 Jackson James - RB</t>
   </si>
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#56 Miles Benedict - MLB</t>
   </si>
   <si>
     <t>#74 Mohammed Brawley - RT</t>
   </si>
   <si>
     <t>#71 John Gates - LT</t>
   </si>
   <si>
     <t>#78 Daniel Reiter - RG</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>LGS 20</t>
   </si>
@@ -578,78 +578,78 @@
   <si>
     <t>#80 Winslow Washington - TE</t>
   </si>
   <si>
     <t>#82 Lynn Giles - WR</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
     <t>#66 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#68 Harvey Smith - LG</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
-    <t>#99 Jack Scott - LDE</t>
+    <t>#93 Jack Scott - LDE</t>
   </si>
   <si>
     <t>#57 Felix Michaels - SLB</t>
   </si>
   <si>
     <t>#11 Jack Brown - WLB</t>
   </si>
   <si>
     <t>#22 John McDonald - CB</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-LGS 20 (10:46) 19-Maxwell Ritter pass complete to 14-Danger Dixon to LGS 48 for 28 yards. Tackle by 22-John McDonald.</t>
   </si>
   <si>
     <t>#14 Bebe Jetson - WR</t>
   </si>
   <si>
-    <t>#52 Edward Hardy - MLB</t>
+    <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>LGS 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 48 (10:02) 3-King Ramses III ran to LGS 46 for -1 yards. Tackle by 98-Edward Hardy.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>LGS 46</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>