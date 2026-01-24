--- v2 (2025-12-31)
+++ v3 (2026-01-24)
@@ -311,51 +311,51 @@
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#21 David Stairs - FS</t>
   </si>
   <si>
     <t>#50 Wally Law - MLB</t>
   </si>
   <si>
     <t>#33 Leopold Van Leer - CB</t>
   </si>
   <si>
     <t>#47 Julius Winslow - SS</t>
   </si>
   <si>
     <t>#38 Thomas Simonson - CB</t>
   </si>
   <si>
     <t>#49 Slam Cooper - FS</t>
   </si>
   <si>
     <t>#63 Big Pappa Plank - RDE</t>
   </si>
   <si>
-    <t>#63 Fabian Drake - DT</t>
+    <t>#56 Fabian Drake - DT</t>
   </si>
   <si>
     <t>#13 Juan Carlos  Garamuza - K</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>VAN 26</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-VAN 26 (14:54) 2-Adam Hart pass Pass knocked down by 20-Hector Sandoval. incomplete, intended for 14-Jude Oconnor.</t>
   </si>
   <si>
     <t>#11 Adam Hart - QB</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#77 Mack Henderson - LG</t>
   </si>
   <si>
     <t>#73 Jacques Barnett - C</t>
   </si>
   <si>
     <t>#75 Reginald Davis - LT</t>
   </si>
   <si>
     <t>#65 Stephen Friedman - LT</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#38 Wayne Coltrane - FS</t>
   </si>
   <si>
     <t>#91 Tim Burton - RDE</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#55 Pedro Dunn - MLB</t>
   </si>
   <si>
     <t>#55 Lawrence Tackleton - WLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#31 Flash Fox - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#26 Duane Farr - SS</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -554,60 +554,60 @@
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>LGS 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 20 (11:27) 3-King Ramses III ran to LGS 20 for a short loss. Tackle by 94-Jack Brown. VAN 58-Gator Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#13 King Ramses III - WR</t>
   </si>
   <si>
     <t>#42 Gregg Shipe - FB</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#82 Lynn Giles - WR</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#68 Harvey Smith - LG</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#93 Jack Scott - LDE</t>
   </si>
   <si>
     <t>#57 Felix Michaels - SLB</t>
   </si>
   <si>
     <t>#11 Jack Brown - WLB</t>
   </si>
   <si>
     <t>#22 John McDonald - CB</t>
   </si>