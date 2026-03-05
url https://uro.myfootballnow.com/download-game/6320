--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -302,141 +302,141 @@
   <si>
     <t>(15:00) 6-Frederick Monroy kicks 74 yards from RAJ 35 to LGS -9. Touchback.</t>
   </si>
   <si>
     <t>#32 Jackson James - RB</t>
   </si>
   <si>
     <t>#22 Fist Blister - RB</t>
   </si>
   <si>
     <t>#78 Scott Metheny - RG</t>
   </si>
   <si>
     <t>#92 Stamp Rogers - LDE</t>
   </si>
   <si>
     <t>#50 Albatross Bronson - SLB</t>
   </si>
   <si>
     <t>#62 Melvin Midway - C</t>
   </si>
   <si>
     <t>#53 David Joyce - RDE</t>
   </si>
   <si>
-    <t>#97 Tsawa Gangan - LDE</t>
+    <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#55 Pedro Dunn - MLB</t>
   </si>
   <si>
     <t>#14 Bebe Jetson - WR</t>
   </si>
   <si>
     <t>#56 Miles Benedict - MLB</t>
   </si>
   <si>
     <t>#8 Frederick Monroy - K</t>
   </si>
   <si>
     <t>LGS</t>
   </si>
   <si>
     <t>LGS 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (15:00) 3-King Ramses III ran to LGS 28 for 3 yards. Tackle by 65-Billy Sargent.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#13 King Ramses III - WR</t>
   </si>
   <si>
     <t>#42 Gregg Shipe - FB</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#82 Lynn Giles - WR</t>
   </si>
   <si>
     <t>#14 Danger Dixon - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#68 Harvey Smith - LG</t>
   </si>
   <si>
     <t>#67 Jack Schroder - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#98 Del Spooner - LDE</t>
   </si>
   <si>
     <t>#65 Billy Sargent - DT</t>
   </si>
   <si>
     <t>#61 Frank Thurman - DT</t>
   </si>
   <si>
     <t>#2 Fred Hudson - DT</t>
   </si>
   <si>
-    <t>#52 Samuel Morgan - SLB</t>
+    <t>#91 Samuel Morgan - SLB</t>
   </si>
   <si>
     <t>#99 Charles Engelhardt - WLB</t>
   </si>
   <si>
     <t>#26 Bruce Richey - WLB</t>
   </si>
   <si>
     <t>#36 John Smith Jr. - CB</t>
   </si>
   <si>
-    <t>#23 Gary Jones - SS</t>
+    <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
     <t>#55 Duece Wendall - WLB</t>
   </si>
   <si>
-    <t>#33 Beezo Ramage - WLB</t>
+    <t>#33 Beezo Ramage - LDE</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>LGS 28</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-LGS 28 (14:27) 3-King Ramses III ran to LGS 37 for 9 yards. Tackle by 30-Duece Wendall. RAJ 36-John Smith Jr. was injured on the play. He looks like he should be able to return. RAJ 50-Charles Engelhardt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:55</t>
   </si>
   <si>
     <t>LGS 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#93 J Dawg Jenkins - RDE</t>
   </si>
   <si>
     <t>#34 Michael Mobley - WLB</t>
   </si>
   <si>
     <t>#57 Larry Siler - DT</t>
   </si>
   <si>
     <t>#50 Rene Stephens - LDE</t>
   </si>
   <si>
     <t>LGS 35</t>
   </si>
   <si>
     <t>(11:49) 13-Juan Carlos  Garamuza kicks 75 yards from LGS 35 to RAJ -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Michael Bryant - RB</t>
   </si>
   <si>
     <t>#32 Kurt Dugan - RB</t>
   </si>
   <si>
-    <t>#28 Juan Sharpless - FS</t>
+    <t>#21 Juan Sharpless - FS</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (11:49) 10-Robert Saunders ran to RAJ 26 for 1 yards. Tackle by 55-Lawrence Tackleton.</t>
   </si>
   <si>
     <t>#13 Tom Hanks - QB</t>
   </si>
   <si>
     <t>#10 Robert Saunders - WR</t>
   </si>
   <si>
     <t>#88 Gerald Haines - TE</t>
   </si>
   <si>
     <t>#80 Peter Melton - WR</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#26 Duane Farr - SS</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>RAJ 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-RAJ 26 (11:16) 10-Robert Saunders ran to RAJ 30 for 4 yards. Tackle by 4-Lance  Archer.</t>
   </si>
   <si>
     <t>#48 Michael Boyd - FB</t>
   </si>
   <si>
-    <t>#94 Wayne Coltrane - LDE</t>
+    <t>#38 Wayne Coltrane - FS</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>RAJ 30</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-5-RAJ 30 (10:38) 13-Tom Hanks pass complete to 29-Michael Boyd to RAJ 31 for 1 yards. Tackle by 57-Pedro Dunn.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>RAJ 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>LGS 33</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-8-LGS 33 (4:34) 35-Michael Bryant ran to LGS 29 for 4 yards. Tackle by 57-Pedro Dunn.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>LGS 29</t>
   </si>
   <si>
     <t>4-4-LGS 29 (3:50) 6-Frederick Monroy 46 yard field goal is GOOD. LGS 7 RAJ 3</t>
   </si>
   <si>
     <t>#47 Nicholas Davis - LG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>(3:46) 6-Frederick Monroy kicks 74 yards from RAJ 35 to LGS -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 25 (3:46) 19-Maxwell Ritter pass Pass knocked down by 26-Bruce Richey. incomplete, intended for 80-Winslow Washington.</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>2-10-LGS 25 (3:44) 19-Maxwell Ritter pass Pass knocked down by 33-Beezo Ramage. incomplete, intended for 80-Winslow Washington.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
@@ -1085,51 +1085,51 @@
   <si>
     <t>3-1-LGS 15 (6:28) 13-Tom Hanks pass complete to 80-Peter Melton to LGS 11 for 3 yards. Tackle by 31-Flash Fox. 80-Peter Melton did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>LGS 11</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-LGS 11 (5:53) 10-Robert Saunders ran to LGS 10 for 1 yards. Tackle by 4-Lance  Archer.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>LGS 10</t>
   </si>
   <si>
     <t>2-9-LGS 10 (5:08) 10-Robert Saunders ran to LGS 5 for 6 yards. Tackle by 26-Duane Farr.</t>
   </si>
   <si>
-    <t>#25 Ronald Jordan - RB</t>
+    <t>#47 Ronald Jordan - RB</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>LGS 5</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4-LGS 5 (4:27) 13-Tom Hanks ran for 5 yards. TOUCHDOWN! LGS 14 RAJ 9</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>(4:21) Extra point GOOD by 6-Frederick Monroy. LGS 14 RAJ 10</t>
   </si>
   <si>
     <t>(4:21) 6-Frederick Monroy kicks 70 yards from RAJ 35 to LGS -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-LGS 25 (4:21) 3-King Ramses III ran to LGS 27 for 2 yards. Tackle by 26-Bruce Richey.</t>
   </si>
@@ -1433,51 +1433,51 @@
   <si>
     <t>2-7-LGS 28 (5:45) 3-King Ramses III ran to LGS 29 for 1 yards. Tackle by 63-Frank Thurman.</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>3-6-LGS 29 (5:07) 3-King Ramses III ran to LGS 27 for -2 yards. Tackle by 41-Tyrone Williams.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>4-8-LGS 27 (4:31) 6-Horace Walmsley punts 49 yards to RAJ 24. 12-Boom Boom Boone to RAJ 33 for 9 yards. Tackle by 98-Tsawa Gangan.</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-RAJ 33 (4:21) 13-Tom Hanks pass complete to 10-Robert Saunders to RAJ 40 for 8 yards. Tackle by 20-Hector Sandoval.</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>RAJ 40</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>2-2-RAJ 40 (3:35) 35-Michael Bryant ran to RAJ 39 for -1 yards. Tackle by 59-David Joyce.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>3-3-RAJ 39 (2:56) 13-Tom Hanks pass Pass knocked down by 40-Drederick Tatum Jr.. incomplete, intended for 10-Robert Saunders.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>4-3-RAJ 39 (2:52) 1-Edwin Hernandez punts 45 yards to LGS 15. Fair Catch by 1-Jackson James. LGS 26-Duane Farr was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2176,51 +2176,51 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="325.492" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>