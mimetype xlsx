--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -422,51 +422,51 @@
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CHI 38 (14:15) 1-Michael Mullen pass complete to 82-James Cook to DUB 47 for 15 yards. Tackle by 91-Ronald Howe. DUB 55-Stephen Moyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#56 Poppy Bismarck  - DT</t>
   </si>
   <si>
     <t>#98 Bruise Brannigan - SLB</t>
   </si>
   <si>
     <t>#61 Jon Ralston - WLB</t>
   </si>
   <si>
     <t>#36 Donnell Hanson - SS</t>
   </si>
   <si>
-    <t>#41 Carlos Crabtree - MLB</t>
+    <t>#54 Carlos Crabtree - SLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>DUB 47</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>1-10-DUB 47 (13:37) PENALTY - False Start (CHI 1-Michael Mullen)</t>
   </si>
   <si>
     <t>#82 Jerry Lile - WR</t>
   </si>
   <si>
     <t>#97 Robert Cranford - SLB</t>
   </si>
   <si>
     <t>#99 Bradley Stroup - MLB</t>
   </si>
@@ -1004,51 +1004,51 @@
   <si>
     <t>DUB 7</t>
   </si>
   <si>
     <t>4-7-DUB 7 (13:41) 17-Julian Nelson 26 yard field goal is GOOD. DUB 61-Danny Thrasher was injured on the play. He looks like he should be able to return. DUB 0 CHI 6</t>
   </si>
   <si>
     <t>(13:39) 17-Julian Nelson kicks 72 yards from CHI 35 to DUB -7. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-DUB 25 (13:39) 1-Farnie Wilson pass complete to 81-Robert Fields to DUB 33 for 8 yards. Tackle by 52-Machete Wilson.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DUB 33</t>
   </si>
   <si>
     <t>2-2-DUB 33 (13:03) 89-Dustin Aiken ran to DUB 38 for 6 yards. Tackle by 95-Porterhouse Prime.</t>
   </si>
   <si>
-    <t>#82 Keith Shuey - TE</t>
+    <t>#89 Keith Shuey - TE</t>
   </si>
   <si>
     <t>#97 Art Turry - LDE</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>DUB 38</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-DUB 38 (12:29) 1-Farnie Wilson pass complete to 81-Robert Fields to DUB 42 for 4 yards. Tackle by 20-Charles Howes.</t>
   </si>
   <si>
     <t>#17 Jeremy Perez - RB</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>2-6-DUB 42 (11:51) 1-Farnie Wilson pass complete to 89-Dustin Aiken to DUB 47 for 5 yards. Tackle by 51-Midrare Porterhouse.</t>
   </si>