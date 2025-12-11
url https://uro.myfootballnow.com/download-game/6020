--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -284,78 +284,78 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DUB</t>
   </si>
   <si>
     <t>DUB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Brandon Johnson kicks 75 yards from DUB 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
-    <t>#77 Basil Bennett - LT</t>
+    <t>#59 Basil Bennett - LT</t>
   </si>
   <si>
     <t>#56 David Black - RG</t>
   </si>
   <si>
     <t>#81 James Cook - TE</t>
   </si>
   <si>
-    <t>#78 Paul Abreu - C</t>
+    <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#41 Lambert Chop - FS</t>
   </si>
   <si>
     <t>#89 Antonio Congdon - TE</t>
   </si>
   <si>
     <t>#6 Porfirio Avila - RB</t>
   </si>
   <si>
     <t>#75 Rodolfo McHugh - LT</t>
   </si>
   <si>
-    <t>#62 Billy Holbrook - C</t>
+    <t>#74 Billy Holbrook - C</t>
   </si>
   <si>
     <t>#7 Brandon Johnson - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 1-Michael Mullen pass complete to 9-David Dye to CHI 38 for 13 yards. Tackle by 25-Bingo Lewis. 9-David Dye did some fancy footwork there.</t>
   </si>
   <si>
     <t>#3 Michael Mullen - QB</t>
   </si>
   <si>
     <t>#83 Gene Gepperth - TE</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-DUB 47 (12:57) 1-Michael Mullen pass incomplete, intended for 80-Gene Gepperth. Pressure by 61-Danny Thrasher.</t>
   </si>
   <si>
     <t>#9 Laszlo  Wells - WR</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-10-DUB 47 (12:53) 6-Porfirio Avila ran to DUB 39 for 8 yards. Tackle by 99-Bradley Stroup.</t>
   </si>
   <si>
-    <t>#75 Peter Milburn - LT</t>
+    <t>#70 Peter Milburn - LT</t>
   </si>
   <si>
     <t>#73 Iftaff TIngalu - LDE</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>DUB 39</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-DUB 39 (12:15) 17-Julian Nelson 57 yard field goal is GOOD. DUB 0 CHI 3</t>
   </si>
   <si>
     <t>#5 Teres Major - QB</t>
   </si>
   <si>
     <t>#17 Julian Nelson - K</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(12:11) 17-Julian Nelson kicks 74 yards from CHI 35 to DUB -9. Touchback.</t>
   </si>
   <si>
     <t>#40 Mark Monroe - RB</t>
   </si>
   <si>
     <t>DUB 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-DUB 25 (12:11) 1-Farnie Wilson pass Pass knocked down by 52-Machete Wilson. incomplete, intended for 82-Herman Munson. 52-Machete Wilson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#6 Farnie Wilson - QB</t>
   </si>
   <si>
-    <t>#89 Dustin Aiken - RB</t>
+    <t>#49 Dustin Aiken - RB</t>
   </si>
   <si>
     <t>#39 James Johnson - FB</t>
   </si>
   <si>
     <t>#50 Herman Munson - LG</t>
   </si>
   <si>
     <t>#81 Robert Fields - WR</t>
   </si>
   <si>
     <t>#86 Rex Bissonnette - WR</t>
   </si>
   <si>
     <t>#66 Robert Young - LT</t>
   </si>
   <si>
     <t>#77 Keith Paul - LG</t>
   </si>
   <si>
     <t>#76 Ronnie Myers - C</t>
   </si>
   <si>
     <t>#50 David Mulhern - RG</t>
   </si>