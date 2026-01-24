--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DUB</t>
   </si>
   <si>
     <t>DUB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Brandon Johnson kicks 75 yards from DUB 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
-    <t>#59 Basil Bennett - LT</t>
+    <t>#59 Basil Bennett - RT</t>
   </si>
   <si>
     <t>#56 David Black - RG</t>
   </si>
   <si>
     <t>#81 James Cook - TE</t>
   </si>
   <si>
     <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#41 Lambert Chop - FS</t>
   </si>
   <si>
     <t>#89 Antonio Congdon - TE</t>
   </si>
   <si>
     <t>#6 Porfirio Avila - RB</t>
   </si>
   <si>
     <t>#75 Rodolfo McHugh - LT</t>
   </si>
@@ -359,81 +359,81 @@
   <si>
     <t>#83 Gene Gepperth - TE</t>
   </si>
   <si>
     <t>#9 David Dye - WR</t>
   </si>
   <si>
     <t>#11 Reginald Hall - WR</t>
   </si>
   <si>
     <t>#14 Theodore Best - WR</t>
   </si>
   <si>
     <t>#65 Chop Duroc - RG</t>
   </si>
   <si>
     <t>#61 Alfred Farley - LG</t>
   </si>
   <si>
     <t>#71 Grady Gristle - LG</t>
   </si>
   <si>
     <t>#59 Farnaday McGillicuddy - LG</t>
   </si>
   <si>
-    <t>#70 Frank Simmons - LT</t>
+    <t>#55 Frank Simmons - LT</t>
   </si>
   <si>
     <t>#95 Danny Thrasher - LDE</t>
   </si>
   <si>
     <t>#95 Finn McCool - DT</t>
   </si>
   <si>
     <t>#55 Stephen Moyer - DT</t>
   </si>
   <si>
     <t>#57 David Brown - RDE</t>
   </si>
   <si>
     <t>#91 Ronald Howe - MLB</t>
   </si>
   <si>
     <t>#57 Leroy Brown - WLB</t>
   </si>
   <si>
     <t>#25 Bingo Lewis - CB</t>
   </si>
   <si>
     <t>#30 Morgan Freeman - CB</t>
   </si>
   <si>
     <t>#42 Daniel Taylor - CB</t>
   </si>
   <si>
-    <t>#20 Joseph Cano - FS</t>
+    <t>#20 Joseph Cano - SS</t>
   </si>
   <si>
     <t>#33 Patrick Ray - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CHI 38 (14:15) 1-Michael Mullen pass complete to 82-James Cook to DUB 47 for 15 yards. Tackle by 91-Ronald Howe. DUB 55-Stephen Moyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#56 Poppy Bismarck  - DT</t>
   </si>
   <si>
     <t>#98 Bruise Brannigan - SLB</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>DUB 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-DUB 31 (10:55) 4-Kenneth Moore punts 50 yards to CHI 19. Fair Catch by 4-Arlo  Dean.</t>
   </si>
   <si>
     <t>#4 Kenneth Moore - P</t>
   </si>
   <si>
     <t>#52 Easton May  - SLB</t>
   </si>
   <si>
     <t>#98 Stanley Ardito - RDE</t>
   </si>
   <si>
-    <t>#58 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - WLB</t>
   </si>
   <si>
     <t>#74 Bernard Haley - C</t>
   </si>
   <si>
     <t>#48 Edward Andreasen - LT</t>
   </si>
   <si>
     <t>#65 Ty Leatherwood - RDE</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>CHI 19</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CHI 19 (10:49) 4-Arlo  Dean ran to CHI 30 for 11 yards. Tackle by 41-Carlos Crabtree.</t>
   </si>
   <si>
     <t>10:16</t>
   </si>