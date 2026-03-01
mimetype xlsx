--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -653,51 +653,51 @@
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>DUB 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-DUB 31 (10:55) 4-Kenneth Moore punts 50 yards to CHI 19. Fair Catch by 4-Arlo  Dean.</t>
   </si>
   <si>
     <t>#4 Kenneth Moore - P</t>
   </si>
   <si>
     <t>#52 Easton May  - SLB</t>
   </si>
   <si>
     <t>#98 Stanley Ardito - RDE</t>
   </si>
   <si>
-    <t>#52 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - MLB</t>
   </si>
   <si>
     <t>#74 Bernard Haley - C</t>
   </si>
   <si>
     <t>#48 Edward Andreasen - LT</t>
   </si>
   <si>
     <t>#65 Ty Leatherwood - RDE</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>CHI 19</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CHI 19 (10:49) 4-Arlo  Dean ran to CHI 30 for 11 yards. Tackle by 41-Carlos Crabtree.</t>
   </si>
   <si>
     <t>10:16</t>
   </si>