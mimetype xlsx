--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -374,51 +374,51 @@
   <si>
     <t>#85 David Vance - TE</t>
   </si>
   <si>
     <t>#70 Grant Vanwagenen - LT</t>
   </si>
   <si>
     <t>#77 Mack Henderson - LG</t>
   </si>
   <si>
     <t>#73 Jacques Barnett - C</t>
   </si>
   <si>
     <t>#75 Reginald Davis - LT</t>
   </si>
   <si>
     <t>#65 Stephen Friedman - LT</t>
   </si>
   <si>
     <t>#79 Paul Jones - LDE</t>
   </si>
   <si>
     <t>#79 Mark Gutierrez - RDE</t>
   </si>
   <si>
-    <t>#93 Jason Voorhees - RDE</t>
+    <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
     <t>#94 Michael Bruce - DT</t>
   </si>
   <si>
     <t>#90 Herman Dimartino - RDE</t>
   </si>
   <si>
     <t>#51 Ronald Yost - SLB</t>
   </si>
   <si>
     <t>#56 Gary Brown - LDE</t>
   </si>
   <si>
     <t>#92 Sugar Duran - WLB</t>
   </si>
   <si>
     <t>#27 Primo Wallace - CB</t>
   </si>
   <si>
     <t>#26 Todd Fann - CB</t>
   </si>
   <si>
     <t>#39 Brent Hansard - SS</t>
   </si>