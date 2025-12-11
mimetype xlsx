--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -584,51 +584,51 @@
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-1-MAN 10 (8:23) 44-Benjamin House ran to MAN 14 for -4 yards. Tackle by 41-Ibrahim Lucash.</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>MAN 14</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-MAN 14 (7:45) 10-Randall Hamilton 32 yard field goal is GOOD. VAN 3 MAN 0</t>
   </si>
   <si>
     <t>#10 Craig Miller - P</t>
   </si>
   <si>
-    <t>#62 John Piper - C</t>
+    <t>#75 John Piper - LG</t>
   </si>
   <si>
     <t>#5 Randall Hamilton - K</t>
   </si>
   <si>
     <t>#75 Matthew Peach - LT</t>
   </si>
   <si>
     <t>#63 Rip Face - RG</t>
   </si>
   <si>
     <t>#55 John Harbour - RG</t>
   </si>
   <si>
     <t>#83 Joshua Rue - WR</t>
   </si>
   <si>
     <t>#82 Jet Lewis - WR</t>
   </si>
   <si>
     <t>#34 Gregory Devine - FB</t>
   </si>
   <si>
     <t>#81 Aardvark Simmons - WR</t>
   </si>
@@ -659,54 +659,54 @@
   <si>
     <t>1-10-MAN 25 (7:43) 88-Walter Jacobson ran to MAN 25 for a short gain. Tackle by 94-Jack Brown. MAN 87-Dent Bricker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Stan  Taylor - QB</t>
   </si>
   <si>
     <t>#32 Walter Jacobson - RB</t>
   </si>
   <si>
     <t>#87 Dent Bricker - TE</t>
   </si>
   <si>
     <t>#61 Joseph Worrell - LT</t>
   </si>
   <si>
     <t>#63 Roy Culbert - LG</t>
   </si>
   <si>
     <t>#59 Ramon Ocampo - C</t>
   </si>
   <si>
     <t>#70 Donald Ramos - RG</t>
   </si>
   <si>
-    <t>#68 William Roseberry - RG</t>
-[...2 lines deleted...]
-    <t>#99 Jack Scott - LDE</t>
+    <t>#68 William Roseberry - RT</t>
+  </si>
+  <si>
+    <t>#93 Jack Scott - LDE</t>
   </si>
   <si>
     <t>#95 Daniel Fraley - DT</t>
   </si>
   <si>
     <t>#11 Jack Brown - WLB</t>
   </si>
   <si>
     <t>#21 Robert Trimble - CB</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-MAN 25 (7:10) 3-Stan  Taylor pass complete to 88-Walter Jacobson to MAN 24 for -1 yards. Tackle by 25-Norman Little.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>