--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -311,51 +311,51 @@
   <si>
     <t>#64 Gator Jones - DT</t>
   </si>
   <si>
     <t>#25 Norman Little - CB</t>
   </si>
   <si>
     <t>#50 Wally Law - MLB</t>
   </si>
   <si>
     <t>#32 Joseph Prewitt - CB</t>
   </si>
   <si>
     <t>#32 Dash Jackson - CB</t>
   </si>
   <si>
     <t>#33 Leopold Van Leer - CB</t>
   </si>
   <si>
     <t>#49 Slam Cooper - FS</t>
   </si>
   <si>
     <t>#47 Julius Winslow - SS</t>
   </si>
   <si>
-    <t>#63 Fabian Drake - DT</t>
+    <t>#56 Fabian Drake - DT</t>
   </si>
   <si>
     <t>#4 Sol Wilson - K</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>VAN 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-VAN 17 (14:56) 44-Benjamin House ran to VAN 25 for 8 yards. Tackle by 35-Brent Hansard. MAN 56-Gary Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Adam Hart - QB</t>
   </si>
@@ -1577,51 +1577,51 @@
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>3-9-MAN 16 (11:21) 3-Stan  Taylor pass complete to 80-Thomas Kellum to MAN 26 for 10 yards. Tackle by 34-Leopold Van Leer.</t>
   </si>
   <si>
     <t>1-10-MAN 26 (10:38) 3-Stan  Taylor pass complete to 81-Aardvark Simmons to VAN 23 for 51 yards. Tackle by 37-Robert Trimble.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>1-10-VAN 23 (9:57) 3-Stan  Taylor pass complete to 83-John Carlo Alvarez to VAN 9 for 14 yards. Tackle by 69-Robert Delvecchio. MAN 65-Ronnie Fabian was injured on the play.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>VAN 9</t>
   </si>
   <si>
     <t>1-9-VAN 9 (9:13) 3-Stan  Taylor pass complete to 80-Thomas Kellum for 9 yards. TOUCHDOWN! VAN 17 MAN 16</t>
   </si>
   <si>
-    <t>#51 John Grimmer - RT</t>
+    <t>#65 John Grimmer - RG</t>
   </si>
   <si>
     <t>#69 Thomas Buchanan - LT</t>
   </si>
   <si>
     <t>(9:10) Extra point GOOD by 4-Sol Wilson. VAN 17 MAN 17</t>
   </si>
   <si>
     <t>#53 Rodney Lomonaco - C</t>
   </si>
   <si>
     <t>(9:10) 4-Sol Wilson kicks 74 yards from MAN 35 to VAN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-VAN 25 (9:10) 44-Benjamin House ran to VAN 31 for 6 yards. Tackle by 93-Jason Voorhees.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>2-4-VAN 31 (8:27) 24-Chase Miner ran to VAN 39 for 7 yards. Tackle by 40-Winston Tisdale.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>