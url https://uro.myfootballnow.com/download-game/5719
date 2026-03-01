--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -377,51 +377,51 @@
   <si>
     <t>#70 Grant Vanwagenen - LT</t>
   </si>
   <si>
     <t>#77 Mack Henderson - LG</t>
   </si>
   <si>
     <t>#73 Jacques Barnett - C</t>
   </si>
   <si>
     <t>#75 Reginald Davis - LT</t>
   </si>
   <si>
     <t>#65 Stephen Friedman - LT</t>
   </si>
   <si>
     <t>#79 Paul Jones - LDE</t>
   </si>
   <si>
     <t>#79 Mark Gutierrez - RDE</t>
   </si>
   <si>
     <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
-    <t>#94 Michael Bruce - DT</t>
+    <t>#51 Michael Bruce - DT</t>
   </si>
   <si>
     <t>#90 Herman Dimartino - RDE</t>
   </si>
   <si>
     <t>#51 Ronald Yost - SLB</t>
   </si>
   <si>
     <t>#56 Gary Brown - LDE</t>
   </si>
   <si>
     <t>#92 Sugar Duran - WLB</t>
   </si>
   <si>
     <t>#27 Primo Wallace - CB</t>
   </si>
   <si>
     <t>#26 Todd Fann - CB</t>
   </si>
   <si>
     <t>#39 Brent Hansard - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>