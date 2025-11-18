--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -608,51 +608,51 @@
   <si>
     <t>#88 Ulysses Dodson - TE</t>
   </si>
   <si>
     <t>#83 Babu Mostafa  - TE</t>
   </si>
   <si>
     <t>#70 Grant Vanwagenen - LT</t>
   </si>
   <si>
     <t>#77 Mack Henderson - LG</t>
   </si>
   <si>
     <t>#73 Jacques Barnett - C</t>
   </si>
   <si>
     <t>#78 Rodney Buckley - RG</t>
   </si>
   <si>
     <t>#65 Stephen Friedman - LT</t>
   </si>
   <si>
     <t>#79 Paul Jones - LDE</t>
   </si>
   <si>
-    <t>#93 Jason Voorhees - RDE</t>
+    <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
     <t>#94 Michael Bruce - DT</t>
   </si>
   <si>
     <t>#90 Herman Dimartino - RDE</t>
   </si>
   <si>
     <t>#56 Gary Brown - LDE</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>2-10-VAN 30 (9:47) 44-Benjamin House ran to VAN 33 for 3 yards. Tackle by 71-Jon Bennett.</t>
   </si>
   <si>
     <t>#81 Jude Oconnor - WR</t>
   </si>