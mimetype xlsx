--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -368,51 +368,51 @@
   <si>
     <t>#87 Dent Bricker - TE</t>
   </si>
   <si>
     <t>#82 Jet Lewis - WR</t>
   </si>
   <si>
     <t>#83 Joshua Rue - WR</t>
   </si>
   <si>
     <t>#51 John Grimmer - RT</t>
   </si>
   <si>
     <t>#63 Roy Culbert - LG</t>
   </si>
   <si>
     <t>#59 Ramon Ocampo - C</t>
   </si>
   <si>
     <t>#70 Donald Ramos - RG</t>
   </si>
   <si>
     <t>#61 Joseph Worrell - LT</t>
   </si>
   <si>
-    <t>#99 Jack Scott - LDE</t>
+    <t>#93 Jack Scott - LDE</t>
   </si>
   <si>
     <t>#63 Fabian Drake - DT</t>
   </si>
   <si>
     <t>#95 Daniel Fraley - DT</t>
   </si>
   <si>
     <t>#56 Stephen Hively - DT</t>
   </si>
   <si>
     <t>#59 Billy  Blanks - WLB</t>
   </si>
   <si>
     <t>#57 Felix Michaels - SLB</t>
   </si>
   <si>
     <t>#50 Heeju Santiri - WLB</t>
   </si>
   <si>
     <t>#21 Robert Trimble - CB</t>
   </si>
   <si>
     <t>#20 Christopher Johnson - SS</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>VAN 48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-8-VAN 48 (7:17) 35-Frankie Ortega ran to MAN 48 for 4 yards. Tackle by 91-Ibrahim Lucash.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>MAN 48</t>
   </si>
   <si>
     <t>4-4-MAN 48 (6:36) 17-Craig Miller punts 47 yards to MAN 1.</t>
   </si>
   <si>
     <t>#10 Craig Miller - P</t>
   </si>
   <si>
-    <t>#78 Paul Abreu - C</t>
+    <t>#70 Paul Abreu - C</t>
   </si>
   <si>
     <t>#75 Rodolfo McHugh - LT</t>
   </si>
   <si>
     <t>#54 Donald Mills - LT</t>
   </si>
   <si>
     <t>#63 Rip Face - RG</t>
   </si>
   <si>
     <t>#75 Reginald Davis - LT</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>MAN 1</t>
   </si>
   <si>
     <t>1-10-MAN 1 (6:27) 36-Gregory Devine ran to MAN 0 for -1 yards. Tackle by 51-Heeju Santiri.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>