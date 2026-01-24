--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -353,69 +353,69 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-MAN 20 (14:56) 88-Walter Jacobson ran to MAN 24 for 4 yards. Tackle by 57-Felix Michaels.</t>
   </si>
   <si>
     <t>#3 Stan  Taylor - QB</t>
   </si>
   <si>
     <t>#32 Walter Jacobson - RB</t>
   </si>
   <si>
     <t>#34 Gregory Devine - FB</t>
   </si>
   <si>
     <t>#87 Dent Bricker - TE</t>
   </si>
   <si>
     <t>#82 Jet Lewis - WR</t>
   </si>
   <si>
     <t>#83 Joshua Rue - WR</t>
   </si>
   <si>
-    <t>#51 John Grimmer - RT</t>
+    <t>#65 John Grimmer - RG</t>
   </si>
   <si>
     <t>#63 Roy Culbert - LG</t>
   </si>
   <si>
     <t>#59 Ramon Ocampo - C</t>
   </si>
   <si>
     <t>#70 Donald Ramos - RG</t>
   </si>
   <si>
     <t>#61 Joseph Worrell - LT</t>
   </si>
   <si>
     <t>#93 Jack Scott - LDE</t>
   </si>
   <si>
-    <t>#63 Fabian Drake - DT</t>
+    <t>#56 Fabian Drake - DT</t>
   </si>
   <si>
     <t>#95 Daniel Fraley - DT</t>
   </si>
   <si>
     <t>#56 Stephen Hively - DT</t>
   </si>
   <si>
     <t>#59 Billy  Blanks - WLB</t>
   </si>
   <si>
     <t>#57 Felix Michaels - SLB</t>
   </si>
   <si>
     <t>#50 Heeju Santiri - WLB</t>
   </si>
   <si>
     <t>#21 Robert Trimble - CB</t>
   </si>
   <si>
     <t>#20 Christopher Johnson - SS</t>
   </si>
   <si>
     <t>#47 Julius Winslow - SS</t>
   </si>