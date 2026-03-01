--- v3 (2026-01-24)
+++ v4 (2026-03-01)
@@ -611,51 +611,51 @@
   <si>
     <t>#83 Babu Mostafa  - TE</t>
   </si>
   <si>
     <t>#70 Grant Vanwagenen - LT</t>
   </si>
   <si>
     <t>#77 Mack Henderson - LG</t>
   </si>
   <si>
     <t>#73 Jacques Barnett - C</t>
   </si>
   <si>
     <t>#78 Rodney Buckley - RG</t>
   </si>
   <si>
     <t>#65 Stephen Friedman - LT</t>
   </si>
   <si>
     <t>#79 Paul Jones - LDE</t>
   </si>
   <si>
     <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
-    <t>#94 Michael Bruce - DT</t>
+    <t>#51 Michael Bruce - DT</t>
   </si>
   <si>
     <t>#90 Herman Dimartino - RDE</t>
   </si>
   <si>
     <t>#56 Gary Brown - LDE</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>2-10-VAN 30 (9:47) 44-Benjamin House ran to VAN 33 for 3 yards. Tackle by 71-Jon Bennett.</t>
   </si>
   <si>
     <t>#81 Jude Oconnor - WR</t>
   </si>
   <si>
     <t>#87 Woodrow Bryant - WR</t>
   </si>