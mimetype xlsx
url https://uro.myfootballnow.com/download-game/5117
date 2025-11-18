--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -392,51 +392,51 @@
   <si>
     <t>#61 R. F. Clark - LDE</t>
   </si>
   <si>
     <t>#92 Anthony Brinson - LDE</t>
   </si>
   <si>
     <t>#58 Kelvin Schall - DT</t>
   </si>
   <si>
     <t>#55 Inigo Montoya - DT</t>
   </si>
   <si>
     <t>#50 Deitrus Decker - DT</t>
   </si>
   <si>
     <t>#97 David Lynch - WLB</t>
   </si>
   <si>
     <t>#50 Jimmy Grits - FS</t>
   </si>
   <si>
     <t>#95 Jack Lalanne - WLB</t>
   </si>
   <si>
-    <t>#5 Jaffe Joffer - RDE</t>
+    <t>#5 Jaffe Joffer - FS</t>
   </si>
   <si>
     <t>#28 Luke Sayers - CB</t>
   </si>
   <si>
     <t>#34 Vernon Lasso - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CHI 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-CHI 18 (14:17) 3-Eric Hearne ran to CHI 20 for 2 yards. Tackle by 56-Jimmy Grits.</t>
   </si>
   <si>
     <t>#97 Jacoby Leon - SLB</t>
   </si>