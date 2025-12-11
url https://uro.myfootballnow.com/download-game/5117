--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -392,51 +392,51 @@
   <si>
     <t>#61 R. F. Clark - LDE</t>
   </si>
   <si>
     <t>#92 Anthony Brinson - LDE</t>
   </si>
   <si>
     <t>#58 Kelvin Schall - DT</t>
   </si>
   <si>
     <t>#55 Inigo Montoya - DT</t>
   </si>
   <si>
     <t>#50 Deitrus Decker - DT</t>
   </si>
   <si>
     <t>#97 David Lynch - WLB</t>
   </si>
   <si>
     <t>#50 Jimmy Grits - FS</t>
   </si>
   <si>
     <t>#95 Jack Lalanne - WLB</t>
   </si>
   <si>
-    <t>#5 Jaffe Joffer - FS</t>
+    <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#28 Luke Sayers - CB</t>
   </si>
   <si>
     <t>#34 Vernon Lasso - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>CHI 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-CHI 18 (14:17) 3-Eric Hearne ran to CHI 20 for 2 yards. Tackle by 56-Jimmy Grits.</t>
   </si>
   <si>
     <t>#97 Jacoby Leon - SLB</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#14 Theodore Best - WR</t>
   </si>
   <si>
     <t>#27 Craig Roberts - CB</t>
   </si>
   <si>
     <t>#26 Todd Fann - CB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CHI 37 (12:58) 5-Juice Baster ran to CHI 47 for 10 yards. Tackle by 22-Alan Justice.</t>
   </si>
   <si>
-    <t>#76 George Ward - RDE</t>
+    <t>#91 George Ward - DT</t>
   </si>
   <si>
     <t>#22 Alan Justice - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CHI 47 (12:20) 5-Juice Baster ran to CHI 49 for 2 yards. Tackle by 56-Jimmy Grits.</t>
   </si>
   <si>
     <t>#5 Barbeque Sauce - RB</t>
   </si>
   <si>
     <t>11:47</t>
   </si>