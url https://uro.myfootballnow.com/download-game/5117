--- v2 (2025-12-11)
+++ v3 (2026-01-24)
@@ -308,51 +308,51 @@
   <si>
     <t>#37 Jimmy Ray - FS</t>
   </si>
   <si>
     <t>#65 Ty Leatherwood - RDE</t>
   </si>
   <si>
     <t>#32 Damascus Sharpe - SS</t>
   </si>
   <si>
     <t>#59 Billy  Blanks - WLB</t>
   </si>
   <si>
     <t>#98 Dexter Riggins - MLB</t>
   </si>
   <si>
     <t>#97 Dunlap Tinsley - DT</t>
   </si>
   <si>
     <t>#90 Maniac  Michaels - DT</t>
   </si>
   <si>
     <t>#41 Lambert Chop - FS</t>
   </si>
   <si>
-    <t>#70 Frank Simmons - LT</t>
+    <t>#55 Frank Simmons - LT</t>
   </si>
   <si>
     <t>#44 Christopher Marquez - FS</t>
   </si>
   <si>
     <t>#2 David Maysonet - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CHI 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CHI 17 (14:57) 3-Eric Hearne ran to CHI 18 for 2 yards. Tackle by 56-Jimmy Grits.</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#14 Theodore Best - WR</t>
   </si>
   <si>
     <t>#27 Craig Roberts - CB</t>
   </si>
   <si>
     <t>#26 Todd Fann - CB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CHI 37 (12:58) 5-Juice Baster ran to CHI 47 for 10 yards. Tackle by 22-Alan Justice.</t>
   </si>
   <si>
-    <t>#91 George Ward - DT</t>
+    <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#22 Alan Justice - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CHI 47 (12:20) 5-Juice Baster ran to CHI 49 for 2 yards. Tackle by 56-Jimmy Grits.</t>
   </si>
   <si>
     <t>#5 Barbeque Sauce - RB</t>
   </si>
   <si>
     <t>11:47</t>
   </si>